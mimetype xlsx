--- v0 (2025-10-28)
+++ v1 (2025-12-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1544" uniqueCount="731">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1912" uniqueCount="873">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -72,83 +72,92 @@
   <si>
     <t>Projeto de Decreto</t>
   </si>
   <si>
     <t>CJLRF - Comissão de Justiça, Legislação e Redação Final</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1275/projeto_de_decreto_no_01.2025_-licenca_prefeito.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do poder executivo municipal a ausentar-se do país e dá outras providências.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1304/projeto_de_decreto_no_02.2025_-_revoga_licenca_prefeito_1.pdf</t>
   </si>
   <si>
     <t>Revoga o Decreto Legislativo n. 01/2025.</t>
   </si>
   <si>
+    <t>1414</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Mesa Diretora 2025</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1414/projeto_de_decreto_no_03.2025_-suplementacao.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de crédito suplementar no orçamento de 2025, da Câmara Municipal de Vereadores de Tunápolis-SC.</t>
+  </si>
+  <si>
     <t>1204</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>Mesa Diretora 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_resolucao_no_01.2025_-_reajuste_diarias_2025_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste das diárias do legislativo municipal e contem outras providências.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1205/projeto_de_resolucao_no_02.2025_-_reajuste_vale_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste do vale alimentação dos servidores do legislativo municipal e contem outras providências.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>Poder Legislativo</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_resolucao_no_03.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regimento Interno dos Jovens Vereadores da Câmara Municipal de Tunápolis-SC.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1203/projeto_de_lei_no_01.2025_-_reajuste_salarios.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual aos servidores do legislativo municipal e contém outras providências.</t>
   </si>
   <si>
     <t>1206</t>
@@ -642,50 +651,233 @@
   <si>
     <t>43</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/projeto_de_lei_no_43.2025_-_cessao_pavilao_municipal_para_realizaccao_de_feiras_2.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CESSÃO GRATUITA DE USO TEMPORÁRIO DOS PAVILHOES DA EFACITUS PARA REALIZAÇÃO DE FEIRAS INDIVIDUAIS OU COLETIVAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Liane Jacinta Finger Heck</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/projeto_de_lei_no_44.2025_-_cessao_de_uso_de_equipamentos_agricolas.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Cessão de uso precário de equipamentos e implementos agrícolas com grupos organizados de agricultores do município de Tunápolis/SC; e dá outras providências.</t>
   </si>
   <si>
+    <t>1398</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/pl_37_nota_fiscal_eletronica.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O MUNICÍPIO DE TUNÁPOLIS A ADERIR AO EMISSOR NACIONAL DA NOTA FISCAL DE SERVIÇO ELETRÔNICA EM CONVÊNIO COM A RECEITA FEDERAL DO BRASIL, ESTABELECE OS CRITÉRIOS PARA A UTILIZAÇÃO DO SERVIÇO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1399</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/pl_38_acordo_cooperacao_embrapa.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR ACORDO DE COOPERAÇÃO TÉCNICA E FINANCEIRA COM A EMBRAPA – EMPRESA BRASILEIRA DE PESQUISA AGROPECUÁRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1400</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1400/pl_39_juntado.pdf</t>
+  </si>
+  <si>
+    <t>Ratifica a 3ª alteração do Contrato de Consórcio do Consórcio Intermunicipal e Interestadual de Municípios – Santa Catarina, Paraná e Rio Grande do Sul – de Segurança Alimentar, Atenção a Sanidade Agropecuária e Desenvolvimento Local - CONSAD e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1403</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/ppa.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE TUNÁPOLIS, ESTADO DE SANTA CATARINA, PARA O QUADRIÊNIO 2026–2029, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1404</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/ldo.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece as Diretrizes para elaboração da Lei Orçamentária do Município de Tunápolis, Estado de Santa Catarina para o exercício de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1405</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/loa.pdf</t>
+  </si>
+  <si>
+    <t>Estima a receita e fixa a despesa do município de Tunápolis, Estado de Santa Catarina, para o exercício financeiro de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1410</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/pl_43_credito_suplementar.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir crédito adicional suplementar no orçamento do Município, no valor de R$ 1.253.000,00, na forma em que especifica abaixo, e contém outras providências.</t>
+  </si>
+  <si>
+    <t>1411</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/plano_diretor.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Instituição do Plano Diretor Municipal, por meio da Revisão da Legislação Municipal de Tunápolis e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1412</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/pl_45_codigo_de_obras.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Novo Código de Obras e Edificações de Tunápolis e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1413</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/pl_46_denomina_centro_de_educacao_infantil_bom_conselho.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre nova nomenclatura para a unidade municipal escolar em Linha Pitangueira passando a denominar-se como “CENTRO DE EDUCAÇÃO INFANTIL BOM CONSELHO”.</t>
+  </si>
+  <si>
+    <t>1429</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/pl_47_parcelamento_do_solo.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Lei do Parcelamento, Uso e Ocupação do Solo do Município de Tunápolis e dá outras providências</t>
+  </si>
+  <si>
+    <t>1432</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/pl_48_plano_de_carreira_do_magisterio.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 81, de 14 de maio de 2025, que “Dispõe sobre o Plano de Carreira e Vencimentos do Magistério Público de Tunápolis, Estado de Santa Catarina e contém outras providências”.</t>
+  </si>
+  <si>
+    <t>1434</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1434/pl_49_juntado.pdf</t>
+  </si>
+  <si>
+    <t>1437</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1437/pl_51_efacitus.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A REALIZAÇÃO DA EFACITUS – EXPOSIÇÃO FEIRA AGROPECUÁRIA, COMERCIAL E INDUSTRIAL DE TUNÁPOLIS, E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1438</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1438/pl_50_juntado.pdf</t>
+  </si>
+  <si>
+    <t>1443</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1443/pl_52_juntado.pdf</t>
+  </si>
+  <si>
     <t>1240</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Renato Gluitz</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1240/mocao_no_01.2025_-_renato.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo, manifestando pedido para a prorrogação do prazo de adequação que vence em novembro de 2025 conforme prevê a Lei nº 10.267/01, complementada pelo Decreto nº 4.449/02, que estabelecem o georreferenciamento de imóveis rurais no Brasil.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1241/mocao_no_02.2025_-_seguranca_nas_escolas.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo pelo cumprimento da lei complementar nº 826, de 20 de abril de 2023, e demais medidas de segurança anunciadas para as escolas.</t>
@@ -783,50 +975,86 @@
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/mocao_no_12.2025_-_gaucho_-_fanfarra_1.pdf</t>
   </si>
   <si>
     <t>Solicita seja encaminhada ao Regente da Fanfarra Municipal Sr. Gabriel Thomas, estendida aos demais integrantes, por ocasião da apresentação e condução da Fanfarra Municipal nos sete dias que antecedem a comemoração do dia 7 de Setembro.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/mocao_no_13.2025_-_georreferenciamento.pdf</t>
   </si>
   <si>
     <t>Moção de APELO solicitando que o Governo do Estado de Santa Catarina, por intermédio da Secretaria de Estado da Agricultura, proceda ao ajuste das irregularidades apontadas pelo Judiciário no Programa Terra Legal e dê continuidade à realização gratuita do georreferenciamento dos imóveis rurais pertencentes a pequenos agricultores que ainda não foram contemplados com este benefício.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/mocao_no_14.2025_-_lions_1.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, que solicita seja encaminhada a LIONS CLUBE DE TUNÁPOLIS, representada pela Presidente da Sra. Elise Gretzler Trenhago, pela celebração de seus 10 anos de fundação.</t>
   </si>
   <si>
+    <t>1401</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/mocao_no_15.2025_-_gaucho_-_pl_768-2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de apoio ao Projeto de Lei nº 768/2025 de autoria do Deputado Altair Silva, que “Proíbe a reconstituição de leite em pó de origem importada para venda como leite fluído no Estado de Santa Catarina e estabelece sanções aos infratores”, em trâmite na Assembleia Legislativa de Santa Catarina.</t>
+  </si>
+  <si>
+    <t>1409</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1409/mocao_no_16.2025_-_pet_scan.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Apela para que o Estado faça a aquisição e instalação de um aparelho de PET Scan (Tomografia por Emissão de Pósitrons) na região do Extremo Oeste catarinense.</t>
+  </si>
+  <si>
+    <t>1436</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1436/mocao_no_17.2025_-_hospital_universitario.pdf</t>
+  </si>
+  <si>
+    <t>A moção manifesta amplo APOIO para a implantação de um Hospital Universitário da Universidade Federal da Fronteira Sul – Campus de Chapecó, Santa Catarina.</t>
+  </si>
+  <si>
+    <t>1440</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1440/mocao_no_18.2025_-prorrogacao_de_dividas.pdf</t>
+  </si>
+  <si>
+    <t>Moção de apelo, a qual solicita a adoção de medidas legislativas e administrativas emergenciais de prorrogação, alongamento ou renegociação das dívidas rurais dos produtores de leite do município e região.</t>
+  </si>
+  <si>
     <t>1223</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Liane Jacinta Finger Heck, Cristian Junior Mallmann, Lauricio Nicodem</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1223/requerimento_no_01.2025_-_fatima.pdf</t>
   </si>
   <si>
     <t>Requer, após ouvido o Plenário, seja enviado o presente Pedido de Informação ao Excelentíssimo Prefeito Municipal, solicitando que apresente à esta Casa Legislativa informações referentes aos questionamentos a seguir em relação ao terreno e estrutura da antiga escola da comunidade da Linha Fátima;</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1234/requerimento_no_02.2025_-_enterro_animais_2.pdf</t>
   </si>
   <si>
     <t>Requer que após ouvido o Plenário, seja enviado o presente pedido de informação ao Prefeito Municipal, questionando acerca da destinação das carcaças de animais, posto que Instrução Normativa GM/MAPA 48/2019 regulamentou o destino a ser dado aos animais mortos e resíduos.</t>
@@ -906,62 +1134,131 @@
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/requerimento_no_10.2025_-_recursos.pdf</t>
   </si>
   <si>
     <t>Requer que após ouvido o Plenário, que seja enviado o presente Pedido de Informação ao Excelentíssimo Prefeito Municipal, solicitando que apresente a esta Casa Legislativa informações referentes a todos os projetos e solicitações de recursos, bem como obras, equipamentos ou máquinas cadastradas pelo Município de Tunápolis em programas do Governo Federal, nos diferentes ministérios, assim como em programas do Governo do Estado.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/requerimento_no_11.2025_-_gaucho_-_maquinario.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado o presente Pedido de Informação ao Excelentíssimo Prefeito Municipal de Tunápolis, através da Secretaria de Obras e Urbanismo, juntamente com o setor de Patrimonio, para que elenque a quantidade de veículos e máquinas vinculados a Secretaria de Obras e Urbanismo, indicando na resposta o seu respectivo ano e modelo.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/requerimento_no_12.2025__-_espelho.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado o presente Pedido de Informação ao Excelentíssimo Prefeito Municipal de Tunápolis e a Comissão Municipal de Trânsito, para que responda aos questionamentos, baseados na indicação n. 09/2025, a qual sugere a instalação de um espelho convexo no cruzamento da Rua São Miguel com a Rua São José.</t>
   </si>
   <si>
+    <t>1402</t>
+  </si>
+  <si>
+    <t>Cristian Junior Mallmann</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/requerimento_n_13.2025_-_raio-x.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja o presente pedido de informações enviado a Secretária Municipal da Saúde e ao Presidente da Associação Hospitalar de Tunápolis, para que responda aos seguintes questionamentos referente ao Termo de Cessão de Uso do aparelho de Raio-X.</t>
+  </si>
+  <si>
+    <t>1406</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/requerimento_no_13.2025_-_raio-x.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja enviado o presente Pedido de Informação ao Excelentíssimo Prefeito Municipal de Tunápolis, a Secretária Municipal da Saúde e ao Presidente da Associação Hospitalar de Tunápolis, para que responda aos seguintes questionamentos referente ao Termo de Cessão de Uso do aparelho de Raio-X.</t>
+  </si>
+  <si>
+    <t>1430</t>
+  </si>
+  <si>
+    <t>Adilson Prasido Borba, Fernando Weiss, Lauricio Nicodem, Leandro Bortolini, Leocádia Thomas Welter, Liane Jacinta Finger Heck, Renato Gluitz</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/requerimento_no_15.2025_-_aadt.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja enviado o presente pedido de informação a Secretária da Educação, Sra Naíssa Carmine Schaurich, para apresentem a esta Casa Legislativa a integra do Termo de Colaboração n. 02/2025, firmado com a Associação Atlética Desportiva Tunense, bem como, responda aos questionamentos.</t>
+  </si>
+  <si>
+    <t>1431</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/requerimento_no_16.2025_-_consulta_publica.pdf</t>
+  </si>
+  <si>
+    <t>Solicita o envio de todas as informações e manifestações coletadas na Consulta Pública referente à elaboração do PPA 2026–2029 e demais peças orçamentárias.</t>
+  </si>
+  <si>
+    <t>1433</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/requerimento_no_17.2025_-_agua_-_bortolini_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja enviado o presente pedido de informação ao Ilmo. Sr. Prefeito Municipal, para que responda aos questionamentos acerca da qualidade de água que vem sendo fornecida aos munícipes.</t>
+  </si>
+  <si>
+    <t>1441</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/requerimento_no_18.2025_-_aadt_-.pdf</t>
+  </si>
+  <si>
+    <t>Requer que sejam apresentados a esta Casa Legislativa a íntegra dos Termos de Colaboração firmados com a AADT, bem como, os planos de trabalho e relatórios mensais apresentados pela entidade durante todo período em que está à frente das escolinhas de futsal e futebol.</t>
+  </si>
+  <si>
+    <t>1442</t>
+  </si>
+  <si>
+    <t>Adilson Prasido Borba, Fernando Weiss, Hugo Bohnenberger, Leandro Bortolini, Leocádia Thomas Welter, Renato Gluitz</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1442/requerimento_no_19.2025_-_evento_idosos.pdf</t>
+  </si>
+  <si>
+    <t>Solicita esclarecimento acerca da realização de evento.</t>
+  </si>
+  <si>
     <t>1202</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Cristian Junior Mallmann</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1202/indicacao_no_01.2025_-_cristian_-_eta_fatima.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que através do órgão competente, promova a construção de uma nova estação de tratamento de água para Linha Fátima.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1208/indicacao_no_02.2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que seja criado e oferecido um programa de atividades físicas para os idosos, com acompanhamento de profissional da área e avaliação com equipe multiprofissional.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1209/indicacao_no_03.2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que seja realizada a  ampliação/adequação da atual estação de tratamento de água, ou, que seja construída uma nova estação de tratamento de água na comunidade da Linha Fátima, sendo esta última, a opção ideal.</t>
   </si>
   <si>
     <t>1210</t>
@@ -1323,242 +1620,194 @@
   <si>
     <t>Sugere ao Poder Executivo Municipal que seja realizada a modernização e ampliação da estação de tratamento de água do município.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1274/indicacao_no_43.2025_-_hugo_-_reforma_da_eta_pitangueira.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que promova a reforma da estação de tratamento de água de Linha Pitangueira.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao_no_44.2025_-_estruturas_moveis_para_eventos_1.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que considere a viabilidade de aquisição de duas a três tendas, modelo piramidal ou similar, para uso na feira Efacitus e para empréstimo a associações comunitárias, quando da realização de festas e eventos.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>45</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao_no_45.2025_-_fernando_-_calcada.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que seja realizada a construção de calçada no prolongamento da avenida Cerro Largo até a propriedade de Albina Schoenberger.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>46</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1285/indicacao_no_46.2025-_lauricio.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que seja realizada a substituição da rede de energia elétrica por trifasica da bomba de água localizada no poço artesiano da comunidade de Pitangueira.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
-    <t>47</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1297/indicacao_no_47.2025_-_bortolini_-.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que seja realizada a instalação de um fraldário junto ao banheiro público do centro poliesportivo Bertilo Wiggers.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>48</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1302/indicacao_no_48.2025_-_gaucho_-_moto_samae.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a aquisição de duas ou três motocicletas novas para o setor de água – SAMAE.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>49</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1303/indicacao_no_49.2025_-_cristian_-_medico_pediatra.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a disponibilização de atendimento de um médico pediatra as crianças.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
-    <t>50</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/indicacao_no_50.2025_-_fernando_-_cobertura_rua_ginasio.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que seja realizada ampliação da estrutura coberta em frente ao Ginásio Municipal Cacildo Froelich.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
-    <t>51</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/indicacao_no_51.2025_-_magisterio_1.pdf</t>
   </si>
   <si>
     <t>Sugere que a Administração Municipal encaminhe Projeto de Lei ao Legislativo, prevendo o pagamento do Piso Salarial Nacional do Magistério no vencimento inicial, conforme estabelecido na Lei Federal nº 11.738/2008.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
-    <t>52</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1311/indicacao_no_52.2025_-_alargamento_estrada.pdf</t>
   </si>
   <si>
     <t>Sugere que a Administração Municipal, por meio da secretaria competente, providencie o alargamento da estrada no trecho situado nas proximidades da residência do Sr. Dailor Vogt, bem como na curva localizada um pouco adiante, na estrada geral em direção à Linha Fátima.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
-    <t>53</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_no_53.2025_-_renato_-_proner.pdf</t>
   </si>
   <si>
     <t>Sugere a elaboração do projeto asfáltico de São Pedro a Iporã do Oeste.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
-    <t>54</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1313/indicacao_no_54.2025_-_bortolini_e_borba_-_iluminacao_e_arquibancadas.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a instalação de iluminação e conclusão das arquibancadas no campo de Linha São Pedro.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
-    <t>55</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_no_55.2025_-_renato_-_pintura_escola_sao_pedro.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a reforma e pintura da escola de Linha São Pedro.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
-    <t>56</t>
-[...1 lines deleted...]
-  <si>
     <t>Leandro Bortolini, Leocádia Thomas Welter</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_no_56.2025_-_bortolini_e_leocadia_-_asfalto.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que seja realizada a pavimentação asfáltica em direção a Linha Canaleta</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>57</t>
-[...1 lines deleted...]
-  <si>
     <t>Hugo Bohnenberger, Lauricio Nicodem, Volnei Deters</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao_no_57.2025-_lauricio.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo municipal que realize a construção do acostamento e passeio público no centro de Linha Pitangueira.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>58</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que seja realizada a ampliação e reforma dos banheiros do ginásio municipal Francisco Cacildo Froelich.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>59</t>
-[...1 lines deleted...]
-  <si>
     <t>Hugo Bohnenberger, Leandro Bortolini</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1319/indicacao_no_59.2025_-_bortolini_e_hugo_-_alargamento_estrada_1.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que seja realizado o alargamento e cascalhamento da estrada entre a residencia de Blásio Weiss até a saída de Bruno Heberle.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>60</t>
-[...1 lines deleted...]
-  <si>
     <t>Fernando Weiss, Renato Gluitz</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/indicacao_no_60.2025_-_fernando_-_cobertura_parque_bv.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a cobertura completa do parque localizado no Centro Poliesportivo Bertilo Wiggers.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Volnei Deters</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/indicacao_no_61.2025_-_volnei_-_projetos.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que todos os projetos de pavimentação novos ou atualizados contemplem meio fio e calçada.</t>
   </si>
   <si>
     <t>1330</t>
@@ -1743,50 +1992,98 @@
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_no_77.2025-_gaucho-_cabeceira_de_ponte.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que providencie a construção de proteção lateral em todas as cabeceiras de ponte do município.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_no_78.2025_-_bortolini_-_pontes_1.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que seja viabilizada a substituição das pontes de madeira existentes no município por pontes de concreto.</t>
   </si>
   <si>
+    <t>1407</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_no_79.2025_-_leocadia_-_cemiterio.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal que se promova a construção de banheiros públicos junto ao cemitério municipal.</t>
+  </si>
+  <si>
+    <t>1408</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_no_80.2025_-_fernando_-_quadra_ginasio.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal que promova a instalação de proteções emborrachadas ou estofadas nas laterais da quadra municipal.</t>
+  </si>
+  <si>
+    <t>1435</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao_no_81.2025_-_indicacao-_contentores_de_vidro-_fernando.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a aquisição de contentores grandes para coletas de vidros, na cidade e no interior.</t>
+  </si>
+  <si>
+    <t>1439</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/indicacao_no_82.2025-_gaucho_-_rotula_1.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal que seja procedida a instalação de uma rotatoria no cruzamento da Rua São Miguel com a Rua São José.</t>
+  </si>
+  <si>
     <t>1299</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Projeto de Emenda Modificativa</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1299/emenda_modificativa_no_01.2025_-_pl_magisterio1.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01/2025 AO PROJETO DE LEI SUBSTITUTIVO Nº 02/2025 que “Dispõe sobre o Plano de Carreira e Vencimentos do Magistério Público de Tunápolis, Estado de Santa Catarina e contém outras providências”.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>PEA</t>
   </si>
   <si>
     <t>Projeto de Emenda Aditiva</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/emenda_aditiva_no_01.2025_-_magisterio.pdf</t>
@@ -2106,126 +2403,255 @@
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>Gabriela Tais Scherer</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1381/indicacao_no_23.2025_-_poliesportivo.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que sejam realizadas melhorias no centro poliesportivo Bertilo Wiggers.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>Gabriel Luís Hofer, Maikon Luiz Walter, Tais Lauschner Zoz</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1382/indicacao_no_24.2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a construção de um espaço fechado ou a realocação dos eletroeletrônicos, tábuas, pneus, entre outros, presentes nos pavilhões cobertos da EFACITUS.</t>
   </si>
   <si>
+    <t>1415</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_no_25.2025_-_indicacao_isa_e_deboara.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a revitalização da quadra de tênis municipal, com melhorias na estrutura, pintura, portão e cobertura.</t>
+  </si>
+  <si>
+    <t>1416</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao_no_26.2025_-_mariana.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a reforma dos banheiros no ginasio municipal Casildo Froelich.</t>
+  </si>
+  <si>
+    <t>1417</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_no_27.2025_-_indicacao__piso_metalico_para_a_efacitus-_dayane-_jovem_vereador.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a aquisição de piso metálico a serem utilizados nas edições da Efacitus.</t>
+  </si>
+  <si>
+    <t>1418</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_no_28.2025.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal que seja analisada a utilidade e possíveis ineficácias dos chimarródromos distribuídos pelo sicoob na cidade, realizando pesquisa para sua verificação.</t>
+  </si>
+  <si>
+    <t>1419</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_no_29.2025_-_indicacao_-para_a_manutencao_das_cameras_de_segurancas_de_locais_publicos.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal que seja realizada a manutenção mensal nas cameras de seguranças de locais publicos.</t>
+  </si>
+  <si>
+    <t>1420</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_no_30.2025_-_calcamento.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a realização da construção de calçada na lateral da avenida Cerro Largo até na nova rotatória.</t>
+  </si>
+  <si>
+    <t>1421</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_no_31.2025_-_trocas_dos_portoes_do_ginasio_minicipal_de_esportes-_dayane-_jovem_vereador.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal a substituição dos portões do ginásio municipal de esportes Francisco Cacildo Fröelich.</t>
+  </si>
+  <si>
+    <t>1422</t>
+  </si>
+  <si>
+    <t>Dayane Rodrigues Da Silva, Débora Baumgratz Staub, Eduardo Rempel, Gabriel Luís Hofer</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao_no_32.2025_-_indicacao-_contentores_de_vidro-_ideia_floripa-_dayane-_jovem_vereador.pdf</t>
+  </si>
+  <si>
+    <t>1423</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_no_33.2025_-gabriela.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo municipal que através da secretaria municipal de saúde, realize campanha sobre o descarte correto de medicamentos vencidos e suas embalagens, medicamentos vencidos e suas embalagens.</t>
+  </si>
+  <si>
+    <t>1424</t>
+  </si>
+  <si>
+    <t>Dayane Rodrigues Da Silva, Débora Baumgratz Staub, Eduardo Rempel, Gabriel Luís Hofer, Gabriela Tais Scherer, Mariana Scheren, Tais Lauschner Zoz</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_no_34.2025_-_indicacao-_galeria_jovem_vereador-_dayane-__jovem_vereador.pdf</t>
+  </si>
+  <si>
+    <t>Sugere a Mesa diretora da Câmara Municipal de Vereadores a criação da galeria jovem vereador.</t>
+  </si>
+  <si>
+    <t>1428</t>
+  </si>
+  <si>
+    <t>Gabriel Luís Hofer</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_no_35.2025.pdf</t>
+  </si>
+  <si>
+    <t>Sugere que seja realizada discussão na câmara para a criação de uma lei municipal co-oficialicando as línguas alemã e hunsriquena no Municipio de Tunápolis;</t>
+  </si>
+  <si>
     <t>1385</t>
   </si>
   <si>
     <t>MJOV</t>
   </si>
   <si>
     <t>Moção Jovens Vereadores</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/mocao_no_01.2025_-_15o_jats_-_dayane_mariana_e_tais_-jovem_vereador.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, que seja encaminhada a CME (Centro de Municipal de Esportes de Tunápolis), aos ATLETAS, ASSOCIAÇÕES E RESPONSÁVEIS pela realização do 15º JATS (Jogos Abertos de Tunápolis).</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/mocao_no_02.2025_-_cavalgada_-_tais_jovem_vereadora__1.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS, que seja encaminhada ao PIQUE COXILHA DOS PAMPAS na pessoa de Lucas Freiberger, a CME (Centro Municipal de Esportes de Tunápolis) nas pessoas de Edson Bieger e Cristiano Oberger, aos CAVALEIROS na pessoa de Delmar Claudio Gaike e as COMUNIDADES E LOCAIS QUE OS ACOLHERAM nas pessoas de Edson Bieger e Luiz Zoz, responsáveis pela realização da CAVALGADA CHAMA CRIOULA.</t>
   </si>
   <si>
+    <t>1425</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/mocao_no_03.2025_-xiii__semana_de_incentivo_a_leitura_e_cultura_-eduardo_jovem_vereador.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos para que seja encaminhada à Associação Folclórica Alemã de Tunápolis – AFAT, à Secretaria Municipal de Educação, Cultura e Esporte e a todos os envolvidos na XIII Semana de Incentivo à Leitura e à Cultura, realizada de 1º a 14 de novembro de 2025, no município de Tunápolis.</t>
+  </si>
+  <si>
+    <t>1426</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/mocao_no_04.2025_-_aadt.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos para as meninas do sub-14 de futebol de campo que participaram do campeonato catarinese escolar de futebol de 2025, responsáveis pela conquista do segundo lugar do Estadual do campeonato Catarinense escolar de futebol de 2025.</t>
+  </si>
+  <si>
+    <t>1427</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/mocao_no_05.2025_-_artesanato.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos ao ARTESANATO DE TUNÁPOLIS, por seu contínuo desempenho em prol da cultura, serviço comunitário e qualidade de seus produtos.</t>
+  </si>
+  <si>
     <t>1317</t>
   </si>
   <si>
     <t>OF</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/oficio_no_135_-_prazo_encaminhamento_pecas_orcamentarias_1.pdf</t>
   </si>
   <si>
     <t>Solicitação de prorrogação de prazo para encaminhamento das peças orçamentárias para exercício 2025.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>PS</t>
   </si>
   <si>
     <t>Projeto de Lei substutivo</t>
   </si>
   <si>
     <t>Marino José Frey</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1245/projeto_de_lei_substitutivo_ao_projeto_de_lei_no_05.2025.pdf</t>
   </si>
   <si>
     <t>Substitui o Projeto de Lei nº 05/2025: Dispõe sobre os incentivos agropecuários no Município de Tunápolis, objetivando beneficiar produtores rurais, através de programas conforme especifica.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1279/projeto_de_lei_substutivo_no_02.2025_ao_projeto_de_lei_no_14.2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI SUBSTITUTIVO Nº 02/2025 AO PROJETO DE COMPLEMENTAR Nº 14/2025. Dispõe sobre o Plano de Carreira e Vencimentos do Magistério Público de Tunápolis, Estado de Santa Catarina e contém outras providências.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>REJV</t>
   </si>
   <si>
     <t>Requerimento Jovem Vereadores</t>
-  </si>
-[...1 lines deleted...]
-    <t>Gabriel Luís Hofer</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1295/requerimento_no_01.2025_-_gabriel.pdf</t>
   </si>
   <si>
     <t>Requer que o presente pedido de informações seja encaminhado ao Poder Executivo Municipal para que responda ao questionamento.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>PR JV</t>
   </si>
   <si>
     <t>Projeto de Resolução Jovem</t>
   </si>
   <si>
     <t>Dayane Rodrigues Da Silva, Gabriel Luís Hofer, Maikon Luiz Walter</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/projeto_de_resolucao_no_01.2025.pdf</t>
   </si>
 </sst>
 </file>
 
@@ -2550,67 +2976,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1275/projeto_de_decreto_no_01.2025_-licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1304/projeto_de_decreto_no_02.2025_-_revoga_licenca_prefeito_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_resolucao_no_01.2025_-_reajuste_diarias_2025_2.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1205/projeto_de_resolucao_no_02.2025_-_reajuste_vale_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_resolucao_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1203/projeto_de_lei_no_01.2025_-_reajuste_salarios.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1206/pl_01_termo_hospital.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1207/pl_02_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1212/pl_004_-_credito_suplementar__alterar_metas_fisicas.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1218/pl_03_lei_secetaria_da_agricultura.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_no_06.2025_-_emenda_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1239/pl_05_termo_de_cessao_de_uso_raio_x.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1249/pl_07_juntado.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1260/pl_08_soberanas.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1261/pl_09_repasse_funpom_aquisicao_de_arma.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1262/pl_10_termo_de_fomento_apae_emenda_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1264/projeto_de_lei_no_12.2025_-_identificacao_carros_oficiais.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1265/pl__11__novo_plano_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1266/pl_12_juntado.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1268/pl_13_termo_de_fomento_apas.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1271/projeto_de_lei_no_16.2025_-_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1280/pl_14_altera_a_lei_1206_protesto_de_titulos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1281/pl_15_alteracao_conder.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1282/pl_17_juntado.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/projeto_de_lei_no_20.2025_-_nomina_rua_erna_rempel.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1308/pl_18_juntado.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1309/pl_19_altera_sistema_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/pl_20_prorroga_efeitos_da_lei_1229_de_2015.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1324/pl_21_valor_minimo_para_execucao.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1325/projeto_de_lei_no_25.2025_-_nomina_rua_baumgratz.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1331/pl_22_altera_tabela_iss.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1332/pl_23_implementacao_da_educacao_para_as_relacoes_etnico-raciais.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1333/pl_24_juntado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1334/pl_25_conselho_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1351/pl_26_juntado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1352/projeto_de_lei_no_31.2025_-_emenda_seguranca_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1353/pl_027_-_credito_especial_terreno_pre_escola_completo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/pl_28_sistema_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1357/pl_29_juntado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1358/pl_030_-_credito_suplementar__alterar_metas_fisicas.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1360/pl_31_altera_plano_de_cargos_.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1361/pl_32_plano_de_carreira_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/pl_33_fundo_municipal_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1365/pl_034_-_credito_especial_area_industrial_completo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1367/projeto_de_lei_no_40.2025_-_cessao_pavilao_municipal_para_realizaccao_de_feiras_2_1.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/pl_35_cria_o_sistema_municipal_de_defesa_civil_simpdec.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/projeto_de_lei_no_42.2025_-_termo_de_fomento_apae.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/projeto_de_lei_no_43.2025_-_cessao_pavilao_municipal_para_realizaccao_de_feiras_2.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/projeto_de_lei_no_44.2025_-_cessao_de_uso_de_equipamentos_agricolas.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1240/mocao_no_01.2025_-_renato.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1241/mocao_no_02.2025_-_seguranca_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1253/mocao_no_03.2025_-_renato_-_inss_pericias_1.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1256/mocao_no_04.2025_-_bortolini_-_subestacao1_1.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1257/mocao_no_05.2025_afat.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1283/mocao_no_06.2025_-_agricultura_familiar.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/mocao_no_07.2025_-_universidade.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1329/mocao_no_08.2025_-_fernando_-_hemocentro.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1359/mocao_no_09.2025_-_georreferenciamento.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/mocao_no_10.2025_-_bortolini_-_leite.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/mocao_no_11.2025_aest_1.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/mocao_no_12.2025_-_gaucho_-_fanfarra_1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/mocao_no_13.2025_-_georreferenciamento.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/mocao_no_14.2025_-_lions_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1223/requerimento_no_01.2025_-_fatima.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1234/requerimento_no_02.2025_-_enterro_animais_2.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1235/requerimento_no_03.2025_-_conselhos_3.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1243/requerimento_no_04.2025_-_celesc.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1263/requerimento_no_05.2025_-_fernando_-_licitacao_seguranca.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1321/requerimento_no_06.2025_-_borba_-_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1322/requerimento_no_07.2025_-_escola_bom_conselho.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1326/requerimento_no_08.2025_-_licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1344/requerimento_no_09.2025_-_requerimento_par_-_fernando-_20251_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/requerimento_no_10.2025_-_recursos.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/requerimento_no_11.2025_-_gaucho_-_maquinario.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/requerimento_no_12.2025__-_espelho.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1202/indicacao_no_01.2025_-_cristian_-_eta_fatima.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1208/indicacao_no_02.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1209/indicacao_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1210/indicacao_no_04.2025_-_bortolini_-_parque_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_no_05.2025_-_fernando_-_diarias_pacientes.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1213/indicacao_no_06.2025-_adilson_-_academia.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1214/indicacao_no_07.2025_-_renato_-_placas_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1215/indicacao_no_08.2025_-_escolinhas.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1216/indicacao_no_09.2025_-_espelho_convexo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1217/indicacao_no_10.2025_-_lauricio_-_estrada_real.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1219/indicacao_no_11.2025-_hugo_-_estrada_interior.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1221/indicacao_no_12.2025_-_hugo_embarque.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1222/indicacao_no_13.2025_-_leocadia-_idosos_1.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1224/indicacao_no_14.2025_-_fernando_-_reforma_da_escadaria.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1225/indicacao_no_15.2025_-_cristian_-_ponte.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1226/indicacao_no_16.2026_-_adilson_-_sinalizacao_morro_do_facao.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_no_17.2025_-_cristian_-_placa_piazito.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1228/indicacao_no_18.2025_-_adilson_-_ginasio_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1229/indicacao_no_19.2025_-_fernando_-_centro_de_treinamento.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1230/indicacao_no_20.2025_-_leocadia_-_maquina_quebra-galho.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1231/indicacao_no_21.2025_-_adilson_-_ponte_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1232/indicacao_no_22.2025_-_cristian_-_vigilantes.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1233/indicacao_no_23.2025_-_cristian_-_sinalizacao_linha_scherer.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1236/indicacao_no_24.2025_-_horario_estendido.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1237/indicacao_no_25.2025_-_hugo_-_uniformes_patinacao_1.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1238/indicacao_no_26.2025_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1242/indicacao_no_27.2025_-_gaucho_-_ventiladores.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_no_28.2025_-_rede_de_agua_canaleta1.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao_no_29.2025_-_pics_-_lauricio.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1248/indicacao_no_30.2025_-_gaucho_-_tubulacao_1.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1250/indicacao_no_31.2025_-_rede_de_energia_escola_sp.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1251/indicacao_no_32.2025_-_som_e_taxa_casa_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1252/indicacao_no_33.2025-_lauricio.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1254/indicacao_no_34.2024_-_fernando_e_elisa_-_area_industrial1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1255/indicacao_no_35.2025-_cristian_-_ginasio_fatima_1.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1258/indicacao_no_36.2025-_leocadia_-_centro_poliesportivo_bv.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1259/indicacao_no_37.2025_-_coleta_de_agua_da_chuva.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1267/indicacao_no_38.2025_-_gaucho_-_reforma_educacao_e_auditorio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1269/indicacao_no_39.2025_-_cristian_-_lixeiras.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1270/indicacao_no_40.2025_-_folha_de_pagamento.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1272/indicacao_no_41.2025_-_fernando_-_sc_bem_mais_simples.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1273/indicacao_no_42.2025_-_ampliacao_eta1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1274/indicacao_no_43.2025_-_hugo_-_reforma_da_eta_pitangueira.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao_no_44.2025_-_estruturas_moveis_para_eventos_1.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao_no_45.2025_-_fernando_-_calcada.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1285/indicacao_no_46.2025-_lauricio.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1297/indicacao_no_47.2025_-_bortolini_-.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1302/indicacao_no_48.2025_-_gaucho_-_moto_samae.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1303/indicacao_no_49.2025_-_cristian_-_medico_pediatra.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/indicacao_no_50.2025_-_fernando_-_cobertura_rua_ginasio.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/indicacao_no_51.2025_-_magisterio_1.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1311/indicacao_no_52.2025_-_alargamento_estrada.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_no_53.2025_-_renato_-_proner.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1313/indicacao_no_54.2025_-_bortolini_e_borba_-_iluminacao_e_arquibancadas.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_no_55.2025_-_renato_-_pintura_escola_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_no_56.2025_-_bortolini_e_leocadia_-_asfalto.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao_no_57.2025-_lauricio.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1319/indicacao_no_59.2025_-_bortolini_e_hugo_-_alargamento_estrada_1.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/indicacao_no_60.2025_-_fernando_-_cobertura_parque_bv.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/indicacao_no_61.2025_-_volnei_-_projetos.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1330/indicacao_no_62.2025_-_gaucho_-_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1335/indicacao_no_63.2025_-_borba_-_morro_do_facao.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1345/indicacao_no_64.2025_-_volnei_-_aulas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1346/indicacao_no_65.2025-_gaucho-wi-fi_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_no_66.2025_cristian_-_incentivo_terraplanagem.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_no_67.2025_-_leocadia_-_laser.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_no_68.2025_-_estacionamento_cras.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1355/indicacao_no_69.2025_-_gaucho_-_alargamento_estrada.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/indicacao_no_70.2025_-_programa_melhoramento_genetico_1.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/indicacao_no_71.2025_-_fernando_-_pesquisa_habitacional.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao_no_72.2025_-_gaucho_-_limpeza_e_pintura_da_praca_1.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_no_73.2025_-_leocadia_-_fisioterapia_pelvica.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1383/indicacao_no_74.2025-_lauricio_-_campo_raigao_baixo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_no_75.2025-_gaucho-_mini_escavadeira.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_no_76.2025_-_videomonitoramento.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_no_77.2025-_gaucho-_cabeceira_de_ponte.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_no_78.2025_-_bortolini_-_pontes_1.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1299/emenda_modificativa_no_01.2025_-_pl_magisterio1.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/emenda_aditiva_no_01.2025_-_magisterio.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/projeto_de_emenda_aditiva_no_02.2025_-_emenda_ldb_municipal.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1277/emenda_supressiva_no_01.2025_-_plano_de_cargos_adm.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/emenda_supressiva_no_02.2025_-_plano_de_cargos_adm.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1300/emenda_supressiva_no_03.2025_-_plano_de_cargos_mag_-_psico_e_nutri.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1301/emenda_supressiva_no_04.2025_-_plano_de_cargos_mag_4.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/projeto_de_emenda_supressiva_no_05.2025_-_plano_de_cargos_adm.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/indicacao_no_01.2025_-_placas-_jovem_vereador-_dayane.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/indicacao_no_02.2025_-_eduardo_e_debora_-_para_praca.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/indicacao_no_03.2025_-_kit__de_primeiros_socorros_-_jovem_vereador_-_dayane.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/indicacao_no_04.2025_-_isabela.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1293/indicacao_no_05.2025_-_lixeiras_novas_-_jovem_vereador-_dayane.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1294/indicacao_no_06.2025_-_gabriel_e_maikon.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1296/indicacao_no_07.2025_-_mariana_e_gabriela.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_no_08.2025_-_eduardo.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_no_09.2025_-_1o_ventiladores_e_exaustores_para_o_ginasio_municipal-_jovem_vereador-_daya.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_no_10.2025_-_reforma_das_pontes-_jovem_vereador-_dayane_e_gabriela_1.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_no_11.2025_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao_no_12.2025_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1340/indicacao_no_13.2025_-_isabela_bueiros.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1341/indicacao_no_14.2025_-_indicacao_sobre_o_vidro_1.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_no_15.2025_-_indicacao_dos_eletroeletronicos.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1347/indicacao_no_16.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1375/indicacao_no_17.2025_-_eduardo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1376/indicacao_no_18.2025_-_eduardo.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_no_19.2025_-_daia.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_no_20.2025_-_espaco_da_afat-_dayane-_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_no_21.2025_-_pro-casa-_dayane-_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_no_22.2025_-_tomadas.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1381/indicacao_no_23.2025_-_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1382/indicacao_no_24.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/mocao_no_01.2025_-_15o_jats_-_dayane_mariana_e_tais_-jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/mocao_no_02.2025_-_cavalgada_-_tais_jovem_vereadora__1.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/oficio_no_135_-_prazo_encaminhamento_pecas_orcamentarias_1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1245/projeto_de_lei_substitutivo_ao_projeto_de_lei_no_05.2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1279/projeto_de_lei_substutivo_no_02.2025_ao_projeto_de_lei_no_14.2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1295/requerimento_no_01.2025_-_gabriel.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/projeto_de_resolucao_no_01.2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1275/projeto_de_decreto_no_01.2025_-licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1304/projeto_de_decreto_no_02.2025_-_revoga_licenca_prefeito_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1414/projeto_de_decreto_no_03.2025_-suplementacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_resolucao_no_01.2025_-_reajuste_diarias_2025_2.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1205/projeto_de_resolucao_no_02.2025_-_reajuste_vale_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_resolucao_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1203/projeto_de_lei_no_01.2025_-_reajuste_salarios.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1206/pl_01_termo_hospital.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1207/pl_02_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1212/pl_004_-_credito_suplementar__alterar_metas_fisicas.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1218/pl_03_lei_secetaria_da_agricultura.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_no_06.2025_-_emenda_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1239/pl_05_termo_de_cessao_de_uso_raio_x.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1249/pl_07_juntado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1260/pl_08_soberanas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1261/pl_09_repasse_funpom_aquisicao_de_arma.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1262/pl_10_termo_de_fomento_apae_emenda_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1264/projeto_de_lei_no_12.2025_-_identificacao_carros_oficiais.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1265/pl__11__novo_plano_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1266/pl_12_juntado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1268/pl_13_termo_de_fomento_apas.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1271/projeto_de_lei_no_16.2025_-_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1280/pl_14_altera_a_lei_1206_protesto_de_titulos.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1281/pl_15_alteracao_conder.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1282/pl_17_juntado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/projeto_de_lei_no_20.2025_-_nomina_rua_erna_rempel.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1308/pl_18_juntado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1309/pl_19_altera_sistema_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/pl_20_prorroga_efeitos_da_lei_1229_de_2015.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1324/pl_21_valor_minimo_para_execucao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1325/projeto_de_lei_no_25.2025_-_nomina_rua_baumgratz.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1331/pl_22_altera_tabela_iss.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1332/pl_23_implementacao_da_educacao_para_as_relacoes_etnico-raciais.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1333/pl_24_juntado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1334/pl_25_conselho_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1351/pl_26_juntado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1352/projeto_de_lei_no_31.2025_-_emenda_seguranca_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1353/pl_027_-_credito_especial_terreno_pre_escola_completo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/pl_28_sistema_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1357/pl_29_juntado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1358/pl_030_-_credito_suplementar__alterar_metas_fisicas.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1360/pl_31_altera_plano_de_cargos_.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1361/pl_32_plano_de_carreira_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/pl_33_fundo_municipal_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1365/pl_034_-_credito_especial_area_industrial_completo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1367/projeto_de_lei_no_40.2025_-_cessao_pavilao_municipal_para_realizaccao_de_feiras_2_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/pl_35_cria_o_sistema_municipal_de_defesa_civil_simpdec.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/projeto_de_lei_no_42.2025_-_termo_de_fomento_apae.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/projeto_de_lei_no_43.2025_-_cessao_pavilao_municipal_para_realizaccao_de_feiras_2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/projeto_de_lei_no_44.2025_-_cessao_de_uso_de_equipamentos_agricolas.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/pl_37_nota_fiscal_eletronica.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/pl_38_acordo_cooperacao_embrapa.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1400/pl_39_juntado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/ppa.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/ldo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/loa.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/pl_43_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/pl_45_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/pl_46_denomina_centro_de_educacao_infantil_bom_conselho.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/pl_47_parcelamento_do_solo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/pl_48_plano_de_carreira_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1434/pl_49_juntado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1437/pl_51_efacitus.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1438/pl_50_juntado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1443/pl_52_juntado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1240/mocao_no_01.2025_-_renato.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1241/mocao_no_02.2025_-_seguranca_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1253/mocao_no_03.2025_-_renato_-_inss_pericias_1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1256/mocao_no_04.2025_-_bortolini_-_subestacao1_1.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1257/mocao_no_05.2025_afat.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1283/mocao_no_06.2025_-_agricultura_familiar.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/mocao_no_07.2025_-_universidade.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1329/mocao_no_08.2025_-_fernando_-_hemocentro.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1359/mocao_no_09.2025_-_georreferenciamento.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/mocao_no_10.2025_-_bortolini_-_leite.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/mocao_no_11.2025_aest_1.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/mocao_no_12.2025_-_gaucho_-_fanfarra_1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/mocao_no_13.2025_-_georreferenciamento.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/mocao_no_14.2025_-_lions_1.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/mocao_no_15.2025_-_gaucho_-_pl_768-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1409/mocao_no_16.2025_-_pet_scan.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1436/mocao_no_17.2025_-_hospital_universitario.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1440/mocao_no_18.2025_-prorrogacao_de_dividas.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1223/requerimento_no_01.2025_-_fatima.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1234/requerimento_no_02.2025_-_enterro_animais_2.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1235/requerimento_no_03.2025_-_conselhos_3.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1243/requerimento_no_04.2025_-_celesc.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1263/requerimento_no_05.2025_-_fernando_-_licitacao_seguranca.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1321/requerimento_no_06.2025_-_borba_-_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1322/requerimento_no_07.2025_-_escola_bom_conselho.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1326/requerimento_no_08.2025_-_licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1344/requerimento_no_09.2025_-_requerimento_par_-_fernando-_20251_1.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/requerimento_no_10.2025_-_recursos.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/requerimento_no_11.2025_-_gaucho_-_maquinario.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/requerimento_no_12.2025__-_espelho.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/requerimento_n_13.2025_-_raio-x.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/requerimento_no_13.2025_-_raio-x.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/requerimento_no_15.2025_-_aadt.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/requerimento_no_16.2025_-_consulta_publica.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/requerimento_no_17.2025_-_agua_-_bortolini_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/requerimento_no_18.2025_-_aadt_-.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1442/requerimento_no_19.2025_-_evento_idosos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1202/indicacao_no_01.2025_-_cristian_-_eta_fatima.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1208/indicacao_no_02.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1209/indicacao_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1210/indicacao_no_04.2025_-_bortolini_-_parque_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_no_05.2025_-_fernando_-_diarias_pacientes.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1213/indicacao_no_06.2025-_adilson_-_academia.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1214/indicacao_no_07.2025_-_renato_-_placas_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1215/indicacao_no_08.2025_-_escolinhas.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1216/indicacao_no_09.2025_-_espelho_convexo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1217/indicacao_no_10.2025_-_lauricio_-_estrada_real.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1219/indicacao_no_11.2025-_hugo_-_estrada_interior.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1221/indicacao_no_12.2025_-_hugo_embarque.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1222/indicacao_no_13.2025_-_leocadia-_idosos_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1224/indicacao_no_14.2025_-_fernando_-_reforma_da_escadaria.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1225/indicacao_no_15.2025_-_cristian_-_ponte.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1226/indicacao_no_16.2026_-_adilson_-_sinalizacao_morro_do_facao.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_no_17.2025_-_cristian_-_placa_piazito.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1228/indicacao_no_18.2025_-_adilson_-_ginasio_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1229/indicacao_no_19.2025_-_fernando_-_centro_de_treinamento.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1230/indicacao_no_20.2025_-_leocadia_-_maquina_quebra-galho.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1231/indicacao_no_21.2025_-_adilson_-_ponte_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1232/indicacao_no_22.2025_-_cristian_-_vigilantes.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1233/indicacao_no_23.2025_-_cristian_-_sinalizacao_linha_scherer.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1236/indicacao_no_24.2025_-_horario_estendido.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1237/indicacao_no_25.2025_-_hugo_-_uniformes_patinacao_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1238/indicacao_no_26.2025_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1242/indicacao_no_27.2025_-_gaucho_-_ventiladores.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_no_28.2025_-_rede_de_agua_canaleta1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao_no_29.2025_-_pics_-_lauricio.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1248/indicacao_no_30.2025_-_gaucho_-_tubulacao_1.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1250/indicacao_no_31.2025_-_rede_de_energia_escola_sp.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1251/indicacao_no_32.2025_-_som_e_taxa_casa_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1252/indicacao_no_33.2025-_lauricio.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1254/indicacao_no_34.2024_-_fernando_e_elisa_-_area_industrial1.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1255/indicacao_no_35.2025-_cristian_-_ginasio_fatima_1.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1258/indicacao_no_36.2025-_leocadia_-_centro_poliesportivo_bv.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1259/indicacao_no_37.2025_-_coleta_de_agua_da_chuva.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1267/indicacao_no_38.2025_-_gaucho_-_reforma_educacao_e_auditorio.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1269/indicacao_no_39.2025_-_cristian_-_lixeiras.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1270/indicacao_no_40.2025_-_folha_de_pagamento.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1272/indicacao_no_41.2025_-_fernando_-_sc_bem_mais_simples.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1273/indicacao_no_42.2025_-_ampliacao_eta1.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1274/indicacao_no_43.2025_-_hugo_-_reforma_da_eta_pitangueira.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao_no_44.2025_-_estruturas_moveis_para_eventos_1.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao_no_45.2025_-_fernando_-_calcada.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1285/indicacao_no_46.2025-_lauricio.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1297/indicacao_no_47.2025_-_bortolini_-.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1302/indicacao_no_48.2025_-_gaucho_-_moto_samae.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1303/indicacao_no_49.2025_-_cristian_-_medico_pediatra.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/indicacao_no_50.2025_-_fernando_-_cobertura_rua_ginasio.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/indicacao_no_51.2025_-_magisterio_1.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1311/indicacao_no_52.2025_-_alargamento_estrada.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_no_53.2025_-_renato_-_proner.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1313/indicacao_no_54.2025_-_bortolini_e_borba_-_iluminacao_e_arquibancadas.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_no_55.2025_-_renato_-_pintura_escola_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_no_56.2025_-_bortolini_e_leocadia_-_asfalto.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao_no_57.2025-_lauricio.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1319/indicacao_no_59.2025_-_bortolini_e_hugo_-_alargamento_estrada_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/indicacao_no_60.2025_-_fernando_-_cobertura_parque_bv.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/indicacao_no_61.2025_-_volnei_-_projetos.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1330/indicacao_no_62.2025_-_gaucho_-_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1335/indicacao_no_63.2025_-_borba_-_morro_do_facao.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1345/indicacao_no_64.2025_-_volnei_-_aulas.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1346/indicacao_no_65.2025-_gaucho-wi-fi_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_no_66.2025_cristian_-_incentivo_terraplanagem.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_no_67.2025_-_leocadia_-_laser.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_no_68.2025_-_estacionamento_cras.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1355/indicacao_no_69.2025_-_gaucho_-_alargamento_estrada.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/indicacao_no_70.2025_-_programa_melhoramento_genetico_1.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/indicacao_no_71.2025_-_fernando_-_pesquisa_habitacional.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao_no_72.2025_-_gaucho_-_limpeza_e_pintura_da_praca_1.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_no_73.2025_-_leocadia_-_fisioterapia_pelvica.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1383/indicacao_no_74.2025-_lauricio_-_campo_raigao_baixo.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_no_75.2025-_gaucho-_mini_escavadeira.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_no_76.2025_-_videomonitoramento.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_no_77.2025-_gaucho-_cabeceira_de_ponte.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_no_78.2025_-_bortolini_-_pontes_1.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_no_79.2025_-_leocadia_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_no_80.2025_-_fernando_-_quadra_ginasio.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao_no_81.2025_-_indicacao-_contentores_de_vidro-_fernando.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/indicacao_no_82.2025-_gaucho_-_rotula_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1299/emenda_modificativa_no_01.2025_-_pl_magisterio1.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/emenda_aditiva_no_01.2025_-_magisterio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/projeto_de_emenda_aditiva_no_02.2025_-_emenda_ldb_municipal.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1277/emenda_supressiva_no_01.2025_-_plano_de_cargos_adm.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/emenda_supressiva_no_02.2025_-_plano_de_cargos_adm.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1300/emenda_supressiva_no_03.2025_-_plano_de_cargos_mag_-_psico_e_nutri.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1301/emenda_supressiva_no_04.2025_-_plano_de_cargos_mag_4.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/projeto_de_emenda_supressiva_no_05.2025_-_plano_de_cargos_adm.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/indicacao_no_01.2025_-_placas-_jovem_vereador-_dayane.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/indicacao_no_02.2025_-_eduardo_e_debora_-_para_praca.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/indicacao_no_03.2025_-_kit__de_primeiros_socorros_-_jovem_vereador_-_dayane.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/indicacao_no_04.2025_-_isabela.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1293/indicacao_no_05.2025_-_lixeiras_novas_-_jovem_vereador-_dayane.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1294/indicacao_no_06.2025_-_gabriel_e_maikon.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1296/indicacao_no_07.2025_-_mariana_e_gabriela.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_no_08.2025_-_eduardo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_no_09.2025_-_1o_ventiladores_e_exaustores_para_o_ginasio_municipal-_jovem_vereador-_daya.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_no_10.2025_-_reforma_das_pontes-_jovem_vereador-_dayane_e_gabriela_1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_no_11.2025_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao_no_12.2025_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1340/indicacao_no_13.2025_-_isabela_bueiros.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1341/indicacao_no_14.2025_-_indicacao_sobre_o_vidro_1.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_no_15.2025_-_indicacao_dos_eletroeletronicos.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1347/indicacao_no_16.2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1375/indicacao_no_17.2025_-_eduardo.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1376/indicacao_no_18.2025_-_eduardo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_no_19.2025_-_daia.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_no_20.2025_-_espaco_da_afat-_dayane-_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_no_21.2025_-_pro-casa-_dayane-_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_no_22.2025_-_tomadas.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1381/indicacao_no_23.2025_-_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1382/indicacao_no_24.2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_no_25.2025_-_indicacao_isa_e_deboara.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao_no_26.2025_-_mariana.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_no_27.2025_-_indicacao__piso_metalico_para_a_efacitus-_dayane-_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_no_28.2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_no_29.2025_-_indicacao_-para_a_manutencao_das_cameras_de_segurancas_de_locais_publicos.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_no_30.2025_-_calcamento.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_no_31.2025_-_trocas_dos_portoes_do_ginasio_minicipal_de_esportes-_dayane-_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao_no_32.2025_-_indicacao-_contentores_de_vidro-_ideia_floripa-_dayane-_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_no_33.2025_-gabriela.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_no_34.2025_-_indicacao-_galeria_jovem_vereador-_dayane-__jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_no_35.2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/mocao_no_01.2025_-_15o_jats_-_dayane_mariana_e_tais_-jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/mocao_no_02.2025_-_cavalgada_-_tais_jovem_vereadora__1.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/mocao_no_03.2025_-xiii__semana_de_incentivo_a_leitura_e_cultura_-eduardo_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/mocao_no_04.2025_-_aadt.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/mocao_no_05.2025_-_artesanato.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/oficio_no_135_-_prazo_encaminhamento_pecas_orcamentarias_1.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1245/projeto_de_lei_substitutivo_ao_projeto_de_lei_no_05.2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1279/projeto_de_lei_substutivo_no_02.2025_ao_projeto_de_lei_no_14.2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1295/requerimento_no_01.2025_-_gabriel.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/projeto_de_resolucao_no_01.2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H193"/>
+  <dimension ref="A1:H239"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="168" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="171.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="171.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2656,4980 +3082,6176 @@
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
         <v>22</v>
       </c>
-      <c r="F4" t="s">
+      <c r="G4" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" t="s">
         <v>26</v>
       </c>
-      <c r="B5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
         <v>22</v>
       </c>
-      <c r="F5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G5" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" t="s">
         <v>22</v>
       </c>
-      <c r="F6" t="s">
+      <c r="G6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="G6" s="1" t="s">
+      <c r="H6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" t="s">
         <v>34</v>
       </c>
-      <c r="B7" t="s">
-[...5 lines deleted...]
-      <c r="D7" t="s">
+      <c r="G7" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>36</v>
-      </c>
-[...7 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" t="s">
+        <v>38</v>
+      </c>
+      <c r="E8" t="s">
         <v>39</v>
       </c>
-      <c r="B8" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="G8" s="1" t="s">
+      <c r="H8" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" t="s">
+        <v>38</v>
+      </c>
+      <c r="E9" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" t="s">
         <v>43</v>
-      </c>
-[...13 lines deleted...]
-        <v>40</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>44</v>
       </c>
       <c r="H9" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E10" t="s">
+        <v>39</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="D10" t="s">
-[...8 lines deleted...]
-      <c r="G10" s="1" t="s">
+      <c r="H10" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
         <v>50</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="D11" t="s">
+        <v>38</v>
+      </c>
+      <c r="E11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="D11" t="s">
-[...8 lines deleted...]
-      <c r="G11" s="1" t="s">
+      <c r="H11" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
         <v>54</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>38</v>
+      </c>
+      <c r="E12" t="s">
+        <v>39</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="D12" t="s">
-[...8 lines deleted...]
-      <c r="G12" s="1" t="s">
+      <c r="H12" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
         <v>58</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>38</v>
+      </c>
+      <c r="E13" t="s">
+        <v>39</v>
+      </c>
+      <c r="F13" t="s">
+        <v>22</v>
+      </c>
+      <c r="G13" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="D13" t="s">
-[...8 lines deleted...]
-      <c r="G13" s="1" t="s">
+      <c r="H13" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
         <v>62</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>38</v>
+      </c>
+      <c r="E14" t="s">
+        <v>39</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="D14" t="s">
-[...8 lines deleted...]
-      <c r="G14" s="1" t="s">
+      <c r="H14" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
         <v>66</v>
       </c>
-      <c r="B15" t="s">
-[...2 lines deleted...]
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" t="s">
+        <v>39</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="D15" t="s">
-[...8 lines deleted...]
-      <c r="G15" s="1" t="s">
+      <c r="H15" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
         <v>70</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E16" t="s">
+        <v>39</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="D16" t="s">
-[...8 lines deleted...]
-      <c r="G16" s="1" t="s">
+      <c r="H16" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
         <v>74</v>
       </c>
-      <c r="B17" t="s">
-[...2 lines deleted...]
-      <c r="C17" t="s">
+      <c r="D17" t="s">
+        <v>38</v>
+      </c>
+      <c r="E17" t="s">
+        <v>39</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="G17" s="1" t="s">
+      <c r="H17" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>77</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>78</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E18" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F18" t="s">
+        <v>43</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="G18" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H18" t="s">
-        <v>81</v>
+        <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>80</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>81</v>
+      </c>
+      <c r="D19" t="s">
+        <v>38</v>
+      </c>
+      <c r="E19" t="s">
+        <v>39</v>
+      </c>
+      <c r="F19" t="s">
         <v>82</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="C19" t="s">
+      <c r="G19" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="D19" t="s">
-[...8 lines deleted...]
-      <c r="G19" s="1" t="s">
+      <c r="H19" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
         <v>86</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>38</v>
+      </c>
+      <c r="E20" t="s">
+        <v>39</v>
+      </c>
+      <c r="F20" t="s">
+        <v>43</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="D20" t="s">
-[...8 lines deleted...]
-      <c r="G20" s="1" t="s">
+      <c r="H20" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
         <v>90</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>38</v>
+      </c>
+      <c r="E21" t="s">
+        <v>39</v>
+      </c>
+      <c r="F21" t="s">
+        <v>43</v>
+      </c>
+      <c r="G21" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="D21" t="s">
-[...8 lines deleted...]
-      <c r="G21" s="1" t="s">
+      <c r="H21" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
         <v>94</v>
       </c>
-      <c r="B22" t="s">
-[...2 lines deleted...]
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>38</v>
+      </c>
+      <c r="E22" t="s">
+        <v>39</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="D22" t="s">
-[...5 lines deleted...]
-      <c r="F22" t="s">
+      <c r="H22" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>98</v>
+      </c>
+      <c r="D23" t="s">
+        <v>38</v>
+      </c>
+      <c r="E23" t="s">
+        <v>39</v>
+      </c>
+      <c r="F23" t="s">
         <v>99</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="G23" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="D23" t="s">
-[...8 lines deleted...]
-      <c r="G23" s="1" t="s">
+      <c r="H23" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>102</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
         <v>103</v>
       </c>
-      <c r="B24" t="s">
-[...2 lines deleted...]
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>38</v>
+      </c>
+      <c r="E24" t="s">
+        <v>39</v>
+      </c>
+      <c r="F24" t="s">
+        <v>43</v>
+      </c>
+      <c r="G24" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="D24" t="s">
-[...8 lines deleted...]
-      <c r="G24" s="1" t="s">
+      <c r="H24" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>106</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
         <v>107</v>
       </c>
-      <c r="B25" t="s">
-[...2 lines deleted...]
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>38</v>
+      </c>
+      <c r="E25" t="s">
+        <v>39</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="D25" t="s">
-[...8 lines deleted...]
-      <c r="G25" s="1" t="s">
+      <c r="H25" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>110</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
         <v>111</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>38</v>
+      </c>
+      <c r="E26" t="s">
+        <v>39</v>
+      </c>
+      <c r="F26" t="s">
+        <v>43</v>
+      </c>
+      <c r="G26" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="D26" t="s">
-[...8 lines deleted...]
-      <c r="G26" s="1" t="s">
+      <c r="H26" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>114</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
         <v>115</v>
       </c>
-      <c r="B27" t="s">
-[...2 lines deleted...]
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>38</v>
+      </c>
+      <c r="E27" t="s">
+        <v>39</v>
+      </c>
+      <c r="F27" t="s">
+        <v>82</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="D27" t="s">
-[...8 lines deleted...]
-      <c r="G27" s="1" t="s">
+      <c r="H27" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
         <v>119</v>
       </c>
-      <c r="B28" t="s">
-[...2 lines deleted...]
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>38</v>
+      </c>
+      <c r="E28" t="s">
+        <v>39</v>
+      </c>
+      <c r="F28" t="s">
+        <v>43</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>120</v>
       </c>
-      <c r="D28" t="s">
-[...8 lines deleted...]
-      <c r="G28" s="1" t="s">
+      <c r="H28" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>122</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
         <v>123</v>
       </c>
-      <c r="B29" t="s">
-[...2 lines deleted...]
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>38</v>
+      </c>
+      <c r="E29" t="s">
+        <v>39</v>
+      </c>
+      <c r="F29" t="s">
+        <v>43</v>
+      </c>
+      <c r="G29" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="D29" t="s">
-[...8 lines deleted...]
-      <c r="G29" s="1" t="s">
+      <c r="H29" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>126</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
         <v>127</v>
       </c>
-      <c r="B30" t="s">
-[...2 lines deleted...]
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>38</v>
+      </c>
+      <c r="E30" t="s">
+        <v>39</v>
+      </c>
+      <c r="F30" t="s">
+        <v>43</v>
+      </c>
+      <c r="G30" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="D30" t="s">
-[...8 lines deleted...]
-      <c r="G30" s="1" t="s">
+      <c r="H30" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>130</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
         <v>131</v>
       </c>
-      <c r="B31" t="s">
-[...2 lines deleted...]
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>38</v>
+      </c>
+      <c r="E31" t="s">
+        <v>39</v>
+      </c>
+      <c r="F31" t="s">
+        <v>43</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="D31" t="s">
-[...5 lines deleted...]
-      <c r="F31" t="s">
+      <c r="H31" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>134</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
         <v>135</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>38</v>
+      </c>
+      <c r="E32" t="s">
+        <v>39</v>
+      </c>
+      <c r="F32" t="s">
         <v>136</v>
-      </c>
-[...7 lines deleted...]
-        <v>40</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>137</v>
       </c>
       <c r="H32" t="s">
-        <v>138</v>
+        <v>117</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>138</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
         <v>139</v>
       </c>
-      <c r="B33" t="s">
-[...2 lines deleted...]
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>38</v>
+      </c>
+      <c r="E33" t="s">
+        <v>39</v>
+      </c>
+      <c r="F33" t="s">
+        <v>43</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="D33" t="s">
-[...8 lines deleted...]
-      <c r="G33" s="1" t="s">
+      <c r="H33" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>142</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
         <v>143</v>
       </c>
-      <c r="B34" t="s">
-[...2 lines deleted...]
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>38</v>
+      </c>
+      <c r="E34" t="s">
+        <v>39</v>
+      </c>
+      <c r="F34" t="s">
+        <v>43</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="G34" s="1" t="s">
+      <c r="H34" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>146</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
         <v>147</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>38</v>
+      </c>
+      <c r="E35" t="s">
+        <v>39</v>
+      </c>
+      <c r="F35" t="s">
+        <v>43</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="D35" t="s">
-[...8 lines deleted...]
-      <c r="G35" s="1" t="s">
+      <c r="H35" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>150</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
         <v>151</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>38</v>
+      </c>
+      <c r="E36" t="s">
+        <v>39</v>
+      </c>
+      <c r="F36" t="s">
+        <v>43</v>
+      </c>
+      <c r="G36" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="D36" t="s">
-[...8 lines deleted...]
-      <c r="G36" s="1" t="s">
+      <c r="H36" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>154</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>155</v>
       </c>
       <c r="D37" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E37" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F37" t="s">
-        <v>79</v>
+        <v>43</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>156</v>
       </c>
       <c r="H37" t="s">
-        <v>157</v>
+        <v>113</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>157</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
         <v>158</v>
       </c>
-      <c r="B38" t="s">
-[...2 lines deleted...]
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>38</v>
+      </c>
+      <c r="E38" t="s">
+        <v>39</v>
+      </c>
+      <c r="F38" t="s">
+        <v>82</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>159</v>
       </c>
-      <c r="D38" t="s">
-[...8 lines deleted...]
-      <c r="G38" s="1" t="s">
+      <c r="H38" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>161</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
         <v>162</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>38</v>
+      </c>
+      <c r="E39" t="s">
+        <v>39</v>
+      </c>
+      <c r="F39" t="s">
+        <v>43</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="D39" t="s">
-[...8 lines deleted...]
-      <c r="G39" s="1" t="s">
+      <c r="H39" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>165</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
         <v>166</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>38</v>
+      </c>
+      <c r="E40" t="s">
+        <v>39</v>
+      </c>
+      <c r="F40" t="s">
+        <v>43</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="D40" t="s">
-[...8 lines deleted...]
-      <c r="G40" s="1" t="s">
+      <c r="H40" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>169</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>170</v>
       </c>
       <c r="D41" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E41" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F41" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>171</v>
       </c>
       <c r="H41" t="s">
-        <v>172</v>
+        <v>121</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>172</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
         <v>173</v>
       </c>
-      <c r="B42" t="s">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>38</v>
+      </c>
+      <c r="E42" t="s">
+        <v>39</v>
+      </c>
+      <c r="F42" t="s">
+        <v>43</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="G42" s="1" t="s">
+      <c r="H42" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>176</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
         <v>177</v>
       </c>
-      <c r="B43" t="s">
-[...2 lines deleted...]
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>38</v>
+      </c>
+      <c r="E43" t="s">
+        <v>39</v>
+      </c>
+      <c r="F43" t="s">
+        <v>43</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="D43" t="s">
-[...8 lines deleted...]
-      <c r="G43" s="1" t="s">
+      <c r="H43" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>180</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
         <v>181</v>
       </c>
-      <c r="B44" t="s">
-[...2 lines deleted...]
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>38</v>
+      </c>
+      <c r="E44" t="s">
+        <v>39</v>
+      </c>
+      <c r="F44" t="s">
+        <v>43</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="D44" t="s">
-[...8 lines deleted...]
-      <c r="G44" s="1" t="s">
+      <c r="H44" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>184</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
         <v>185</v>
       </c>
-      <c r="B45" t="s">
-[...2 lines deleted...]
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>38</v>
+      </c>
+      <c r="E45" t="s">
+        <v>39</v>
+      </c>
+      <c r="F45" t="s">
+        <v>43</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="D45" t="s">
-[...8 lines deleted...]
-      <c r="G45" s="1" t="s">
+      <c r="H45" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>188</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
         <v>189</v>
       </c>
-      <c r="B46" t="s">
-[...2 lines deleted...]
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>38</v>
+      </c>
+      <c r="E46" t="s">
+        <v>39</v>
+      </c>
+      <c r="F46" t="s">
+        <v>43</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="D46" t="s">
-[...5 lines deleted...]
-      <c r="F46" t="s">
+      <c r="H46" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>192</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>193</v>
+      </c>
+      <c r="D47" t="s">
+        <v>38</v>
+      </c>
+      <c r="E47" t="s">
+        <v>39</v>
+      </c>
+      <c r="F47" t="s">
         <v>194</v>
       </c>
-      <c r="B47" t="s">
-[...2 lines deleted...]
-      <c r="C47" t="s">
+      <c r="G47" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="D47" t="s">
-[...8 lines deleted...]
-      <c r="G47" s="1" t="s">
+      <c r="H47" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>197</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
         <v>198</v>
       </c>
-      <c r="B48" t="s">
-[...2 lines deleted...]
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>38</v>
+      </c>
+      <c r="E48" t="s">
+        <v>39</v>
+      </c>
+      <c r="F48" t="s">
+        <v>43</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>199</v>
       </c>
-      <c r="D48" t="s">
-[...8 lines deleted...]
-      <c r="G48" s="1" t="s">
+      <c r="H48" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>201</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>202</v>
       </c>
       <c r="D49" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E49" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F49" t="s">
-        <v>191</v>
+        <v>43</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H49" t="s">
-        <v>204</v>
+        <v>68</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>204</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
         <v>205</v>
       </c>
-      <c r="B50" t="s">
-[...2 lines deleted...]
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>38</v>
+      </c>
+      <c r="E50" t="s">
+        <v>39</v>
+      </c>
+      <c r="F50" t="s">
+        <v>194</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="D50" t="s">
-[...5 lines deleted...]
-      <c r="F50" t="s">
+      <c r="H50" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>208</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>209</v>
+      </c>
+      <c r="D51" t="s">
+        <v>38</v>
+      </c>
+      <c r="E51" t="s">
+        <v>39</v>
+      </c>
+      <c r="F51" t="s">
         <v>210</v>
       </c>
-      <c r="B51" t="s">
-[...5 lines deleted...]
-      <c r="D51" t="s">
+      <c r="G51" s="1" t="s">
         <v>211</v>
       </c>
-      <c r="E51" t="s">
+      <c r="H51" t="s">
         <v>212</v>
-      </c>
-[...7 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>213</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>214</v>
+      </c>
+      <c r="D52" t="s">
+        <v>38</v>
+      </c>
+      <c r="E52" t="s">
+        <v>39</v>
+      </c>
+      <c r="F52" t="s">
+        <v>43</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H52" t="s">
         <v>216</v>
-      </c>
-[...19 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>217</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>218</v>
+      </c>
+      <c r="D53" t="s">
+        <v>38</v>
+      </c>
+      <c r="E53" t="s">
+        <v>39</v>
+      </c>
+      <c r="F53" t="s">
+        <v>43</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>219</v>
       </c>
-      <c r="B53" t="s">
-[...14 lines deleted...]
-      <c r="G53" s="1" t="s">
+      <c r="H53" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>221</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
         <v>222</v>
       </c>
-      <c r="B54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D54" t="s">
-        <v>211</v>
+        <v>38</v>
       </c>
       <c r="E54" t="s">
-        <v>212</v>
+        <v>39</v>
       </c>
       <c r="F54" t="s">
-        <v>96</v>
+        <v>43</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>223</v>
       </c>
       <c r="H54" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>225</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>51</v>
+        <v>226</v>
       </c>
       <c r="D55" t="s">
-        <v>211</v>
+        <v>38</v>
       </c>
       <c r="E55" t="s">
-        <v>212</v>
+        <v>39</v>
       </c>
       <c r="F55" t="s">
-        <v>226</v>
+        <v>43</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>227</v>
       </c>
       <c r="H55" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>229</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>55</v>
+        <v>230</v>
       </c>
       <c r="D56" t="s">
-        <v>211</v>
+        <v>38</v>
       </c>
       <c r="E56" t="s">
-        <v>212</v>
+        <v>39</v>
       </c>
       <c r="F56" t="s">
-        <v>207</v>
+        <v>43</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H56" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>59</v>
+        <v>234</v>
       </c>
       <c r="D57" t="s">
-        <v>211</v>
+        <v>38</v>
       </c>
       <c r="E57" t="s">
-        <v>212</v>
+        <v>39</v>
       </c>
       <c r="F57" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="H57" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>63</v>
+        <v>238</v>
       </c>
       <c r="D58" t="s">
-        <v>211</v>
+        <v>38</v>
       </c>
       <c r="E58" t="s">
-        <v>212</v>
+        <v>39</v>
       </c>
       <c r="F58" t="s">
-        <v>79</v>
+        <v>43</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="H58" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>67</v>
+        <v>242</v>
       </c>
       <c r="D59" t="s">
-        <v>211</v>
+        <v>38</v>
       </c>
       <c r="E59" t="s">
-        <v>212</v>
+        <v>39</v>
       </c>
       <c r="F59" t="s">
-        <v>207</v>
+        <v>43</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="H59" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>71</v>
+        <v>246</v>
       </c>
       <c r="D60" t="s">
-        <v>211</v>
+        <v>38</v>
       </c>
       <c r="E60" t="s">
-        <v>212</v>
+        <v>39</v>
       </c>
       <c r="F60" t="s">
-        <v>242</v>
+        <v>43</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="H60" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>75</v>
+        <v>250</v>
       </c>
       <c r="D61" t="s">
-        <v>211</v>
+        <v>38</v>
       </c>
       <c r="E61" t="s">
-        <v>212</v>
+        <v>39</v>
       </c>
       <c r="F61" t="s">
-        <v>79</v>
+        <v>43</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="H61" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>78</v>
+        <v>254</v>
       </c>
       <c r="D62" t="s">
-        <v>211</v>
+        <v>38</v>
       </c>
       <c r="E62" t="s">
-        <v>212</v>
+        <v>39</v>
       </c>
       <c r="F62" t="s">
-        <v>213</v>
+        <v>43</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="H62" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>83</v>
+        <v>258</v>
       </c>
       <c r="D63" t="s">
-        <v>211</v>
+        <v>38</v>
       </c>
       <c r="E63" t="s">
-        <v>212</v>
+        <v>39</v>
       </c>
       <c r="F63" t="s">
-        <v>207</v>
+        <v>43</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="H63" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>87</v>
+        <v>262</v>
       </c>
       <c r="D64" t="s">
-        <v>211</v>
+        <v>38</v>
       </c>
       <c r="E64" t="s">
-        <v>212</v>
+        <v>39</v>
       </c>
       <c r="F64" t="s">
-        <v>79</v>
+        <v>43</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
       <c r="H64" t="s">
-        <v>256</v>
+        <v>45</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>10</v>
+        <v>265</v>
       </c>
       <c r="D65" t="s">
-        <v>258</v>
+        <v>38</v>
       </c>
       <c r="E65" t="s">
-        <v>259</v>
+        <v>39</v>
       </c>
       <c r="F65" t="s">
-        <v>260</v>
+        <v>43</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="H65" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>17</v>
+        <v>269</v>
       </c>
       <c r="D66" t="s">
-        <v>258</v>
+        <v>38</v>
       </c>
       <c r="E66" t="s">
-        <v>259</v>
+        <v>39</v>
       </c>
       <c r="F66" t="s">
-        <v>79</v>
+        <v>43</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="H66" t="s">
-        <v>265</v>
+        <v>68</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>30</v>
+        <v>272</v>
       </c>
       <c r="D67" t="s">
-        <v>258</v>
+        <v>38</v>
       </c>
       <c r="E67" t="s">
-        <v>259</v>
+        <v>39</v>
       </c>
       <c r="F67" t="s">
-        <v>79</v>
+        <v>43</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="H67" t="s">
-        <v>268</v>
+        <v>113</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="D68" t="s">
-        <v>258</v>
+        <v>275</v>
       </c>
       <c r="E68" t="s">
-        <v>259</v>
+        <v>276</v>
       </c>
       <c r="F68" t="s">
-        <v>79</v>
+        <v>277</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="H68" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="D69" t="s">
-        <v>258</v>
+        <v>275</v>
       </c>
       <c r="E69" t="s">
-        <v>259</v>
+        <v>276</v>
       </c>
       <c r="F69" t="s">
-        <v>79</v>
+        <v>210</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="H69" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>283</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>21</v>
+      </c>
+      <c r="D70" t="s">
         <v>275</v>
       </c>
-      <c r="B70" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E70" t="s">
-        <v>259</v>
+        <v>276</v>
       </c>
       <c r="F70" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="H70" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="D71" t="s">
-        <v>258</v>
+        <v>275</v>
       </c>
       <c r="E71" t="s">
-        <v>259</v>
+        <v>276</v>
       </c>
       <c r="F71" t="s">
-        <v>280</v>
+        <v>99</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="H71" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="D72" t="s">
-        <v>258</v>
+        <v>275</v>
       </c>
       <c r="E72" t="s">
-        <v>259</v>
+        <v>276</v>
       </c>
       <c r="F72" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="H72" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="D73" t="s">
-        <v>258</v>
+        <v>275</v>
       </c>
       <c r="E73" t="s">
-        <v>259</v>
+        <v>276</v>
       </c>
       <c r="F73" t="s">
-        <v>79</v>
+        <v>210</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="H73" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="D74" t="s">
-        <v>258</v>
+        <v>275</v>
       </c>
       <c r="E74" t="s">
-        <v>259</v>
+        <v>276</v>
       </c>
       <c r="F74" t="s">
-        <v>207</v>
+        <v>34</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="H74" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D75" t="s">
-        <v>258</v>
+        <v>275</v>
       </c>
       <c r="E75" t="s">
-        <v>259</v>
+        <v>276</v>
       </c>
       <c r="F75" t="s">
-        <v>213</v>
+        <v>82</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="H75" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="D76" t="s">
-        <v>258</v>
+        <v>275</v>
       </c>
       <c r="E76" t="s">
-        <v>259</v>
+        <v>276</v>
       </c>
       <c r="F76" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="H76" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="D77" t="s">
-        <v>299</v>
+        <v>275</v>
       </c>
       <c r="E77" t="s">
-        <v>300</v>
+        <v>276</v>
       </c>
       <c r="F77" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="H77" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="D78" t="s">
-        <v>299</v>
+        <v>275</v>
       </c>
       <c r="E78" t="s">
-        <v>300</v>
+        <v>276</v>
       </c>
       <c r="F78" t="s">
-        <v>207</v>
+        <v>82</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="H78" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="D79" t="s">
-        <v>299</v>
+        <v>275</v>
       </c>
       <c r="E79" t="s">
-        <v>300</v>
+        <v>276</v>
       </c>
       <c r="F79" t="s">
-        <v>207</v>
+        <v>277</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="H79" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>47</v>
+        <v>86</v>
       </c>
       <c r="D80" t="s">
-        <v>299</v>
+        <v>275</v>
       </c>
       <c r="E80" t="s">
-        <v>300</v>
+        <v>276</v>
       </c>
       <c r="F80" t="s">
-        <v>96</v>
+        <v>210</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="H80" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>51</v>
+        <v>90</v>
       </c>
       <c r="D81" t="s">
-        <v>299</v>
+        <v>275</v>
       </c>
       <c r="E81" t="s">
-        <v>300</v>
+        <v>276</v>
       </c>
       <c r="F81" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="H81" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>55</v>
+        <v>94</v>
       </c>
       <c r="D82" t="s">
-        <v>299</v>
+        <v>275</v>
       </c>
       <c r="E82" t="s">
-        <v>300</v>
+        <v>276</v>
       </c>
       <c r="F82" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="H82" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>59</v>
+        <v>98</v>
       </c>
       <c r="D83" t="s">
-        <v>299</v>
+        <v>275</v>
       </c>
       <c r="E83" t="s">
-        <v>300</v>
+        <v>276</v>
       </c>
       <c r="F83" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="H83" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>63</v>
+        <v>103</v>
       </c>
       <c r="D84" t="s">
-        <v>299</v>
+        <v>275</v>
       </c>
       <c r="E84" t="s">
-        <v>300</v>
+        <v>276</v>
       </c>
       <c r="F84" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="H84" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>67</v>
+        <v>107</v>
       </c>
       <c r="D85" t="s">
-        <v>299</v>
+        <v>275</v>
       </c>
       <c r="E85" t="s">
-        <v>300</v>
+        <v>276</v>
       </c>
       <c r="F85" t="s">
-        <v>213</v>
+        <v>277</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H85" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="D86" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="E86" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="F86" t="s">
-        <v>191</v>
+        <v>336</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="H86" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>331</v>
+        <v>339</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>75</v>
+        <v>17</v>
       </c>
       <c r="D87" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="E87" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="F87" t="s">
-        <v>332</v>
+        <v>82</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>333</v>
+        <v>340</v>
       </c>
       <c r="H87" t="s">
-        <v>334</v>
+        <v>341</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>342</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>21</v>
+      </c>
+      <c r="D88" t="s">
+        <v>334</v>
+      </c>
+      <c r="E88" t="s">
         <v>335</v>
       </c>
-      <c r="B88" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F88" t="s">
-        <v>332</v>
+        <v>82</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="H88" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>83</v>
+        <v>50</v>
       </c>
       <c r="D89" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="E89" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="F89" t="s">
-        <v>339</v>
+        <v>82</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="H89" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>87</v>
+        <v>54</v>
       </c>
       <c r="D90" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="E90" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="F90" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="H90" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>91</v>
+        <v>58</v>
       </c>
       <c r="D91" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="E91" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="F91" t="s">
-        <v>301</v>
+        <v>352</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="H91" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>95</v>
+        <v>62</v>
       </c>
       <c r="D92" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="E92" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="F92" t="s">
-        <v>276</v>
+        <v>356</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="H92" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>100</v>
+        <v>66</v>
       </c>
       <c r="D93" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="E93" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="F93" t="s">
-        <v>301</v>
+        <v>356</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
       <c r="H93" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>104</v>
+        <v>70</v>
       </c>
       <c r="D94" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="E94" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="F94" t="s">
-        <v>276</v>
+        <v>82</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="H94" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>108</v>
+        <v>74</v>
       </c>
       <c r="D95" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="E95" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="F95" t="s">
-        <v>79</v>
+        <v>210</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>358</v>
+        <v>366</v>
       </c>
       <c r="H95" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>112</v>
+        <v>78</v>
       </c>
       <c r="D96" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="E96" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="F96" t="s">
-        <v>339</v>
+        <v>277</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>361</v>
+        <v>369</v>
       </c>
       <c r="H96" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>116</v>
+        <v>81</v>
       </c>
       <c r="D97" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="E97" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="F97" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="H97" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>120</v>
+        <v>86</v>
       </c>
       <c r="D98" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="E98" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="F98" t="s">
-        <v>301</v>
+        <v>375</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="H98" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>124</v>
+        <v>90</v>
       </c>
       <c r="D99" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="E99" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="F99" t="s">
-        <v>301</v>
+        <v>375</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="H99" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>128</v>
+        <v>94</v>
       </c>
       <c r="D100" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="E100" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="F100" t="s">
-        <v>207</v>
+        <v>382</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>373</v>
+        <v>383</v>
       </c>
       <c r="H100" t="s">
-        <v>374</v>
+        <v>384</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>375</v>
+        <v>385</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>132</v>
+        <v>98</v>
       </c>
       <c r="D101" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="E101" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="F101" t="s">
-        <v>332</v>
+        <v>210</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>376</v>
+        <v>386</v>
       </c>
       <c r="H101" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>136</v>
+        <v>103</v>
       </c>
       <c r="D102" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="E102" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="F102" t="s">
-        <v>301</v>
+        <v>99</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
       <c r="H102" t="s">
-        <v>380</v>
+        <v>390</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>381</v>
+        <v>391</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>140</v>
+        <v>107</v>
       </c>
       <c r="D103" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="E103" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="F103" t="s">
-        <v>213</v>
+        <v>34</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>382</v>
+        <v>392</v>
       </c>
       <c r="H103" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>384</v>
+        <v>394</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>144</v>
+        <v>111</v>
       </c>
       <c r="D104" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="E104" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="F104" t="s">
-        <v>191</v>
+        <v>395</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>385</v>
+        <v>396</v>
       </c>
       <c r="H104" t="s">
-        <v>386</v>
+        <v>397</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>387</v>
+        <v>398</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
       <c r="D105" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E105" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F105" t="s">
-        <v>191</v>
+        <v>375</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>388</v>
+        <v>401</v>
       </c>
       <c r="H105" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>390</v>
+        <v>403</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>152</v>
+        <v>17</v>
       </c>
       <c r="D106" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E106" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F106" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>391</v>
+        <v>404</v>
       </c>
       <c r="H106" t="s">
-        <v>392</v>
+        <v>405</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>393</v>
+        <v>406</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>155</v>
+        <v>21</v>
       </c>
       <c r="D107" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E107" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F107" t="s">
-        <v>394</v>
+        <v>210</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>395</v>
+        <v>407</v>
       </c>
       <c r="H107" t="s">
-        <v>396</v>
+        <v>408</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>397</v>
+        <v>409</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>159</v>
+        <v>50</v>
       </c>
       <c r="D108" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E108" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F108" t="s">
-        <v>207</v>
+        <v>99</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>398</v>
+        <v>410</v>
       </c>
       <c r="H108" t="s">
-        <v>399</v>
+        <v>411</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>412</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>54</v>
+      </c>
+      <c r="D109" t="s">
+        <v>399</v>
+      </c>
+      <c r="E109" t="s">
         <v>400</v>
       </c>
-      <c r="B109" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F109" t="s">
-        <v>191</v>
+        <v>82</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="H109" t="s">
-        <v>402</v>
+        <v>414</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>403</v>
+        <v>415</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>167</v>
+        <v>58</v>
       </c>
       <c r="D110" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E110" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F110" t="s">
-        <v>79</v>
+        <v>352</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>404</v>
+        <v>416</v>
       </c>
       <c r="H110" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>406</v>
+        <v>418</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>170</v>
+        <v>62</v>
       </c>
       <c r="D111" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E111" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F111" t="s">
-        <v>301</v>
+        <v>277</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>407</v>
+        <v>419</v>
       </c>
       <c r="H111" t="s">
-        <v>408</v>
+        <v>420</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>409</v>
+        <v>421</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>174</v>
+        <v>66</v>
       </c>
       <c r="D112" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E112" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F112" t="s">
-        <v>339</v>
+        <v>210</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>410</v>
+        <v>422</v>
       </c>
       <c r="H112" t="s">
-        <v>411</v>
+        <v>423</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>412</v>
+        <v>424</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>178</v>
+        <v>70</v>
       </c>
       <c r="D113" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E113" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F113" t="s">
-        <v>207</v>
+        <v>277</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>413</v>
+        <v>425</v>
       </c>
       <c r="H113" t="s">
-        <v>414</v>
+        <v>426</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>415</v>
+        <v>427</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>182</v>
+        <v>74</v>
       </c>
       <c r="D114" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E114" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F114" t="s">
-        <v>213</v>
+        <v>194</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>416</v>
+        <v>428</v>
       </c>
       <c r="H114" t="s">
-        <v>417</v>
+        <v>429</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>418</v>
+        <v>430</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>186</v>
+        <v>78</v>
       </c>
       <c r="D115" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E115" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F115" t="s">
-        <v>301</v>
+        <v>431</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>419</v>
+        <v>432</v>
       </c>
       <c r="H115" t="s">
-        <v>420</v>
+        <v>433</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>190</v>
+        <v>81</v>
       </c>
       <c r="D116" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E116" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F116" t="s">
-        <v>207</v>
+        <v>431</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>422</v>
+        <v>435</v>
       </c>
       <c r="H116" t="s">
-        <v>423</v>
+        <v>436</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>424</v>
+        <v>437</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>195</v>
+        <v>86</v>
       </c>
       <c r="D117" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E117" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F117" t="s">
-        <v>79</v>
+        <v>438</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>425</v>
+        <v>439</v>
       </c>
       <c r="H117" t="s">
-        <v>426</v>
+        <v>440</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>427</v>
+        <v>441</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>199</v>
+        <v>90</v>
       </c>
       <c r="D118" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E118" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F118" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>428</v>
+        <v>442</v>
       </c>
       <c r="H118" t="s">
-        <v>429</v>
+        <v>443</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>430</v>
+        <v>444</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>202</v>
+        <v>94</v>
       </c>
       <c r="D119" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E119" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F119" t="s">
-        <v>332</v>
+        <v>375</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>431</v>
+        <v>445</v>
       </c>
       <c r="H119" t="s">
-        <v>432</v>
+        <v>446</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>433</v>
+        <v>447</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>206</v>
+        <v>98</v>
       </c>
       <c r="D120" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E120" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F120" t="s">
-        <v>207</v>
+        <v>352</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>434</v>
+        <v>448</v>
       </c>
       <c r="H120" t="s">
-        <v>435</v>
+        <v>449</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>436</v>
+        <v>450</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>437</v>
+        <v>103</v>
       </c>
       <c r="D121" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E121" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F121" t="s">
-        <v>79</v>
+        <v>375</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>438</v>
+        <v>451</v>
       </c>
       <c r="H121" t="s">
-        <v>439</v>
+        <v>452</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>440</v>
+        <v>453</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>441</v>
+        <v>107</v>
       </c>
       <c r="D122" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E122" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F122" t="s">
-        <v>191</v>
+        <v>352</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>442</v>
+        <v>454</v>
       </c>
       <c r="H122" t="s">
-        <v>443</v>
+        <v>455</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>444</v>
+        <v>456</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>445</v>
+        <v>111</v>
       </c>
       <c r="D123" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E123" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F123" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>446</v>
+        <v>457</v>
       </c>
       <c r="H123" t="s">
-        <v>447</v>
+        <v>458</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>448</v>
+        <v>459</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>449</v>
+        <v>115</v>
       </c>
       <c r="D124" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E124" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F124" t="s">
-        <v>213</v>
+        <v>438</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
       <c r="H124" t="s">
-        <v>451</v>
+        <v>461</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>452</v>
+        <v>462</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>453</v>
+        <v>119</v>
       </c>
       <c r="D125" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E125" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F125" t="s">
-        <v>301</v>
+        <v>352</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
       <c r="H125" t="s">
-        <v>455</v>
+        <v>464</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>456</v>
+        <v>465</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>457</v>
+        <v>123</v>
       </c>
       <c r="D126" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E126" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F126" t="s">
-        <v>79</v>
+        <v>375</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="H126" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>461</v>
+        <v>127</v>
       </c>
       <c r="D127" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E127" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F127" t="s">
-        <v>207</v>
+        <v>375</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="H127" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>464</v>
+        <v>471</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>465</v>
+        <v>131</v>
       </c>
       <c r="D128" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E128" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F128" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="H128" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>469</v>
+        <v>135</v>
       </c>
       <c r="D129" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E129" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F129" t="s">
-        <v>213</v>
+        <v>431</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="H129" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>473</v>
+        <v>139</v>
       </c>
       <c r="D130" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E130" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F130" t="s">
-        <v>394</v>
+        <v>375</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="H130" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>477</v>
+        <v>143</v>
       </c>
       <c r="D131" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E131" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F131" t="s">
-        <v>213</v>
+        <v>277</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="H131" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>481</v>
+        <v>147</v>
       </c>
       <c r="D132" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E132" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F132" t="s">
-        <v>482</v>
+        <v>194</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="H132" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>486</v>
+        <v>151</v>
       </c>
       <c r="D133" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E133" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F133" t="s">
+        <v>194</v>
+      </c>
+      <c r="G133" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="G133" s="1" t="s">
+      <c r="H133" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>489</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>155</v>
+      </c>
+      <c r="D134" t="s">
+        <v>399</v>
+      </c>
+      <c r="E134" t="s">
+        <v>400</v>
+      </c>
+      <c r="F134" t="s">
+        <v>277</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="B134" t="s">
-[...2 lines deleted...]
-      <c r="C134" t="s">
+      <c r="H134" t="s">
         <v>491</v>
-      </c>
-[...13 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>492</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>158</v>
+      </c>
+      <c r="D135" t="s">
+        <v>399</v>
+      </c>
+      <c r="E135" t="s">
+        <v>400</v>
+      </c>
+      <c r="F135" t="s">
+        <v>493</v>
+      </c>
+      <c r="G135" s="1" t="s">
         <v>494</v>
       </c>
-      <c r="B135" t="s">
-[...2 lines deleted...]
-      <c r="C135" t="s">
+      <c r="H135" t="s">
         <v>495</v>
-      </c>
-[...13 lines deleted...]
-        <v>498</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>500</v>
+        <v>162</v>
       </c>
       <c r="D136" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E136" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F136" t="s">
-        <v>501</v>
+        <v>210</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="H136" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>505</v>
+        <v>166</v>
       </c>
       <c r="D137" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E137" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F137" t="s">
-        <v>506</v>
+        <v>194</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>507</v>
+        <v>500</v>
       </c>
       <c r="H137" t="s">
-        <v>508</v>
+        <v>501</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>509</v>
+        <v>502</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>510</v>
+        <v>170</v>
       </c>
       <c r="D138" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E138" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F138" t="s">
-        <v>213</v>
+        <v>82</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>511</v>
+        <v>503</v>
       </c>
       <c r="H138" t="s">
-        <v>512</v>
+        <v>504</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>514</v>
+        <v>173</v>
       </c>
       <c r="D139" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E139" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F139" t="s">
-        <v>276</v>
+        <v>375</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>515</v>
+        <v>506</v>
       </c>
       <c r="H139" t="s">
-        <v>516</v>
+        <v>507</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>517</v>
+        <v>508</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>518</v>
+        <v>177</v>
       </c>
       <c r="D140" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E140" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F140" t="s">
-        <v>506</v>
+        <v>438</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>519</v>
+        <v>509</v>
       </c>
       <c r="H140" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>522</v>
+        <v>181</v>
       </c>
       <c r="D141" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E141" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F141" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>523</v>
+        <v>512</v>
       </c>
       <c r="H141" t="s">
-        <v>524</v>
+        <v>513</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>525</v>
+        <v>514</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>526</v>
+        <v>185</v>
       </c>
       <c r="D142" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E142" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F142" t="s">
-        <v>301</v>
+        <v>277</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>527</v>
+        <v>515</v>
       </c>
       <c r="H142" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>529</v>
+        <v>517</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>530</v>
+        <v>189</v>
       </c>
       <c r="D143" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E143" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F143" t="s">
-        <v>339</v>
+        <v>375</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>531</v>
+        <v>518</v>
       </c>
       <c r="H143" t="s">
-        <v>532</v>
+        <v>519</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>533</v>
+        <v>520</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>534</v>
+        <v>193</v>
       </c>
       <c r="D144" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E144" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F144" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>535</v>
+        <v>521</v>
       </c>
       <c r="H144" t="s">
-        <v>536</v>
+        <v>522</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>537</v>
+        <v>523</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>538</v>
+        <v>198</v>
       </c>
       <c r="D145" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E145" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F145" t="s">
-        <v>213</v>
+        <v>82</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>539</v>
+        <v>524</v>
       </c>
       <c r="H145" t="s">
-        <v>540</v>
+        <v>525</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>541</v>
+        <v>526</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>542</v>
+        <v>202</v>
       </c>
       <c r="D146" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E146" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F146" t="s">
-        <v>207</v>
+        <v>82</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>543</v>
+        <v>527</v>
       </c>
       <c r="H146" t="s">
-        <v>544</v>
+        <v>528</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>545</v>
+        <v>529</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>546</v>
+        <v>205</v>
       </c>
       <c r="D147" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E147" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F147" t="s">
-        <v>79</v>
+        <v>431</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>547</v>
+        <v>530</v>
       </c>
       <c r="H147" t="s">
-        <v>548</v>
+        <v>531</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>549</v>
+        <v>532</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>550</v>
+        <v>209</v>
       </c>
       <c r="D148" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E148" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F148" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>551</v>
+        <v>533</v>
       </c>
       <c r="H148" t="s">
-        <v>552</v>
+        <v>534</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>553</v>
+        <v>535</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>554</v>
+        <v>214</v>
       </c>
       <c r="D149" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E149" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F149" t="s">
-        <v>339</v>
+        <v>82</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>555</v>
+        <v>536</v>
       </c>
       <c r="H149" t="s">
-        <v>556</v>
+        <v>537</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>557</v>
+        <v>538</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>558</v>
+        <v>218</v>
       </c>
       <c r="D150" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E150" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F150" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>559</v>
+        <v>539</v>
       </c>
       <c r="H150" t="s">
-        <v>560</v>
+        <v>540</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>561</v>
+        <v>541</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>562</v>
+        <v>222</v>
       </c>
       <c r="D151" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E151" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F151" t="s">
-        <v>213</v>
+        <v>99</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>563</v>
+        <v>542</v>
       </c>
       <c r="H151" t="s">
-        <v>564</v>
+        <v>543</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>565</v>
+        <v>544</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>566</v>
+        <v>226</v>
       </c>
       <c r="D152" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E152" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F152" t="s">
-        <v>207</v>
+        <v>277</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>567</v>
+        <v>545</v>
       </c>
       <c r="H152" t="s">
-        <v>568</v>
+        <v>546</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>569</v>
+        <v>547</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>570</v>
+        <v>230</v>
       </c>
       <c r="D153" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E153" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F153" t="s">
-        <v>213</v>
+        <v>375</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>571</v>
+        <v>548</v>
       </c>
       <c r="H153" t="s">
-        <v>572</v>
+        <v>549</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>573</v>
+        <v>550</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>574</v>
+        <v>234</v>
       </c>
       <c r="D154" t="s">
-        <v>299</v>
+        <v>399</v>
       </c>
       <c r="E154" t="s">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="F154" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>575</v>
+        <v>551</v>
       </c>
       <c r="H154" t="s">
-        <v>576</v>
+        <v>552</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>577</v>
+        <v>553</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>10</v>
+        <v>238</v>
       </c>
       <c r="D155" t="s">
-        <v>578</v>
+        <v>399</v>
       </c>
       <c r="E155" t="s">
-        <v>579</v>
+        <v>400</v>
       </c>
       <c r="F155" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>580</v>
+        <v>554</v>
       </c>
       <c r="H155" t="s">
-        <v>581</v>
+        <v>555</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>582</v>
+        <v>556</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>10</v>
+        <v>242</v>
       </c>
       <c r="D156" t="s">
-        <v>583</v>
+        <v>399</v>
       </c>
       <c r="E156" t="s">
-        <v>584</v>
+        <v>400</v>
       </c>
       <c r="F156" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>585</v>
+        <v>557</v>
       </c>
       <c r="H156" t="s">
-        <v>586</v>
+        <v>558</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>587</v>
+        <v>559</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
       <c r="D157" t="s">
-        <v>583</v>
+        <v>399</v>
       </c>
       <c r="E157" t="s">
-        <v>584</v>
+        <v>400</v>
       </c>
       <c r="F157" t="s">
-        <v>207</v>
+        <v>277</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>588</v>
+        <v>560</v>
       </c>
       <c r="H157" t="s">
-        <v>589</v>
+        <v>561</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>590</v>
+        <v>562</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="D158" t="s">
-        <v>591</v>
+        <v>399</v>
       </c>
       <c r="E158" t="s">
-        <v>592</v>
+        <v>400</v>
       </c>
       <c r="F158" t="s">
-        <v>79</v>
+        <v>493</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>593</v>
+        <v>563</v>
       </c>
       <c r="H158" t="s">
-        <v>594</v>
+        <v>564</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>595</v>
+        <v>565</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>17</v>
+        <v>254</v>
       </c>
       <c r="D159" t="s">
-        <v>591</v>
+        <v>399</v>
       </c>
       <c r="E159" t="s">
-        <v>592</v>
+        <v>400</v>
       </c>
       <c r="F159" t="s">
-        <v>79</v>
+        <v>277</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>596</v>
+        <v>566</v>
       </c>
       <c r="H159" t="s">
-        <v>597</v>
+        <v>567</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>598</v>
+        <v>568</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>30</v>
+        <v>258</v>
       </c>
       <c r="D160" t="s">
-        <v>591</v>
+        <v>399</v>
       </c>
       <c r="E160" t="s">
-        <v>592</v>
+        <v>400</v>
       </c>
       <c r="F160" t="s">
-        <v>79</v>
+        <v>569</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>599</v>
+        <v>570</v>
       </c>
       <c r="H160" t="s">
-        <v>600</v>
+        <v>571</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>601</v>
+        <v>572</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>47</v>
+        <v>262</v>
       </c>
       <c r="D161" t="s">
-        <v>591</v>
+        <v>399</v>
       </c>
       <c r="E161" t="s">
-        <v>592</v>
+        <v>400</v>
       </c>
       <c r="F161" t="s">
-        <v>602</v>
+        <v>573</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>603</v>
+        <v>574</v>
       </c>
       <c r="H161" t="s">
-        <v>604</v>
+        <v>575</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>605</v>
+        <v>576</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>51</v>
+        <v>265</v>
       </c>
       <c r="D162" t="s">
-        <v>591</v>
+        <v>399</v>
       </c>
       <c r="E162" t="s">
-        <v>592</v>
+        <v>400</v>
       </c>
       <c r="F162" t="s">
-        <v>79</v>
+        <v>277</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>606</v>
+        <v>577</v>
       </c>
       <c r="H162" t="s">
-        <v>607</v>
+        <v>578</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>608</v>
+        <v>579</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>10</v>
+        <v>269</v>
       </c>
       <c r="D163" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E163" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F163" t="s">
-        <v>611</v>
+        <v>580</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>612</v>
+        <v>581</v>
       </c>
       <c r="H163" t="s">
-        <v>613</v>
+        <v>582</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>614</v>
+        <v>583</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>17</v>
+        <v>272</v>
       </c>
       <c r="D164" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E164" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F164" t="s">
-        <v>615</v>
+        <v>584</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>616</v>
+        <v>585</v>
       </c>
       <c r="H164" t="s">
-        <v>617</v>
+        <v>586</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>618</v>
+        <v>587</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>30</v>
+        <v>588</v>
       </c>
       <c r="D165" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E165" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F165" t="s">
-        <v>611</v>
+        <v>589</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>619</v>
+        <v>590</v>
       </c>
       <c r="H165" t="s">
-        <v>620</v>
+        <v>591</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>621</v>
+        <v>592</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>47</v>
+        <v>593</v>
       </c>
       <c r="D166" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E166" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F166" t="s">
-        <v>622</v>
+        <v>277</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>623</v>
+        <v>594</v>
       </c>
       <c r="H166" t="s">
-        <v>624</v>
+        <v>595</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>625</v>
+        <v>596</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>51</v>
+        <v>597</v>
       </c>
       <c r="D167" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E167" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F167" t="s">
-        <v>626</v>
+        <v>352</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>627</v>
+        <v>598</v>
       </c>
       <c r="H167" t="s">
-        <v>628</v>
+        <v>599</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>629</v>
+        <v>600</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>55</v>
+        <v>601</v>
       </c>
       <c r="D168" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E168" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F168" t="s">
-        <v>630</v>
+        <v>589</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>631</v>
+        <v>602</v>
       </c>
       <c r="H168" t="s">
-        <v>632</v>
+        <v>603</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>633</v>
+        <v>604</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>59</v>
+        <v>605</v>
       </c>
       <c r="D169" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E169" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F169" t="s">
-        <v>634</v>
+        <v>277</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>635</v>
+        <v>606</v>
       </c>
       <c r="H169" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>637</v>
+        <v>608</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>63</v>
+        <v>609</v>
       </c>
       <c r="D170" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E170" t="s">
+        <v>400</v>
+      </c>
+      <c r="F170" t="s">
+        <v>375</v>
+      </c>
+      <c r="G170" s="1" t="s">
         <v>610</v>
       </c>
-      <c r="F170" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H170" t="s">
-        <v>640</v>
+        <v>611</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>641</v>
+        <v>612</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>67</v>
+        <v>613</v>
       </c>
       <c r="D171" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E171" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F171" t="s">
-        <v>611</v>
+        <v>438</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>642</v>
+        <v>614</v>
       </c>
       <c r="H171" t="s">
-        <v>643</v>
+        <v>615</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>644</v>
+        <v>616</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>71</v>
+        <v>617</v>
       </c>
       <c r="D172" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E172" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F172" t="s">
-        <v>645</v>
+        <v>277</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>646</v>
+        <v>618</v>
       </c>
       <c r="H172" t="s">
-        <v>647</v>
+        <v>619</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>648</v>
+        <v>620</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>75</v>
+        <v>621</v>
       </c>
       <c r="D173" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E173" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F173" t="s">
-        <v>649</v>
+        <v>277</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>650</v>
+        <v>622</v>
       </c>
       <c r="H173" t="s">
-        <v>651</v>
+        <v>623</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>652</v>
+        <v>624</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>78</v>
+        <v>625</v>
       </c>
       <c r="D174" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E174" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F174" t="s">
-        <v>653</v>
+        <v>210</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>654</v>
+        <v>626</v>
       </c>
       <c r="H174" t="s">
-        <v>655</v>
+        <v>627</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>656</v>
+        <v>628</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>83</v>
+        <v>629</v>
       </c>
       <c r="D175" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E175" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F175" t="s">
-        <v>622</v>
+        <v>82</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>657</v>
+        <v>630</v>
       </c>
       <c r="H175" t="s">
-        <v>658</v>
+        <v>631</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>659</v>
+        <v>632</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>87</v>
+        <v>633</v>
       </c>
       <c r="D176" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E176" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F176" t="s">
-        <v>660</v>
+        <v>277</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>661</v>
+        <v>634</v>
       </c>
       <c r="H176" t="s">
-        <v>662</v>
+        <v>635</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>663</v>
+        <v>636</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>91</v>
+        <v>637</v>
       </c>
       <c r="D177" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E177" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F177" t="s">
-        <v>664</v>
+        <v>438</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>665</v>
+        <v>638</v>
       </c>
       <c r="H177" t="s">
-        <v>666</v>
+        <v>639</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>667</v>
+        <v>640</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>95</v>
+        <v>641</v>
       </c>
       <c r="D178" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E178" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F178" t="s">
-        <v>630</v>
+        <v>194</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>668</v>
+        <v>642</v>
       </c>
       <c r="H178" t="s">
-        <v>669</v>
+        <v>643</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>670</v>
+        <v>644</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>100</v>
+        <v>645</v>
       </c>
       <c r="D179" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E179" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F179" t="s">
-        <v>638</v>
+        <v>277</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>671</v>
+        <v>646</v>
       </c>
       <c r="H179" t="s">
-        <v>672</v>
+        <v>647</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>673</v>
+        <v>648</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>104</v>
+        <v>649</v>
       </c>
       <c r="D180" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E180" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F180" t="s">
-        <v>638</v>
+        <v>210</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>674</v>
+        <v>650</v>
       </c>
       <c r="H180" t="s">
-        <v>675</v>
+        <v>651</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>676</v>
+        <v>652</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>108</v>
+        <v>653</v>
       </c>
       <c r="D181" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E181" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F181" t="s">
-        <v>611</v>
+        <v>277</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>677</v>
+        <v>654</v>
       </c>
       <c r="H181" t="s">
-        <v>678</v>
+        <v>655</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>679</v>
+        <v>656</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>112</v>
+        <v>657</v>
       </c>
       <c r="D182" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E182" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F182" t="s">
-        <v>680</v>
+        <v>99</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>681</v>
+        <v>658</v>
       </c>
       <c r="H182" t="s">
-        <v>682</v>
+        <v>659</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>683</v>
+        <v>660</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>116</v>
+        <v>661</v>
       </c>
       <c r="D183" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E183" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F183" t="s">
-        <v>611</v>
+        <v>438</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>684</v>
+        <v>662</v>
       </c>
       <c r="H183" t="s">
-        <v>685</v>
+        <v>663</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>686</v>
+        <v>664</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>120</v>
+        <v>665</v>
       </c>
       <c r="D184" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E184" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F184" t="s">
-        <v>687</v>
+        <v>82</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>688</v>
+        <v>666</v>
       </c>
       <c r="H184" t="s">
-        <v>689</v>
+        <v>667</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>690</v>
+        <v>668</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>124</v>
+        <v>669</v>
       </c>
       <c r="D185" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E185" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F185" t="s">
-        <v>691</v>
+        <v>82</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>692</v>
+        <v>670</v>
       </c>
       <c r="H185" t="s">
-        <v>693</v>
+        <v>671</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>694</v>
+        <v>672</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>128</v>
+        <v>673</v>
       </c>
       <c r="D186" t="s">
-        <v>609</v>
+        <v>399</v>
       </c>
       <c r="E186" t="s">
-        <v>610</v>
+        <v>400</v>
       </c>
       <c r="F186" t="s">
-        <v>695</v>
+        <v>277</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>696</v>
+        <v>674</v>
       </c>
       <c r="H186" t="s">
-        <v>697</v>
+        <v>675</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>698</v>
+        <v>676</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>10</v>
       </c>
       <c r="D187" t="s">
-        <v>699</v>
+        <v>677</v>
       </c>
       <c r="E187" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
       <c r="F187" t="s">
-        <v>611</v>
+        <v>210</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>701</v>
+        <v>679</v>
       </c>
       <c r="H187" t="s">
-        <v>702</v>
+        <v>680</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>703</v>
+        <v>681</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D188" t="s">
-        <v>699</v>
+        <v>682</v>
       </c>
       <c r="E188" t="s">
-        <v>700</v>
+        <v>683</v>
       </c>
       <c r="F188" t="s">
-        <v>664</v>
+        <v>210</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>704</v>
+        <v>684</v>
       </c>
       <c r="H188" t="s">
-        <v>705</v>
+        <v>685</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>706</v>
+        <v>686</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D189" t="s">
-        <v>707</v>
+        <v>682</v>
       </c>
       <c r="E189" t="s">
-        <v>708</v>
+        <v>683</v>
       </c>
       <c r="F189" t="s">
-        <v>40</v>
+        <v>210</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>709</v>
+        <v>687</v>
       </c>
       <c r="H189" t="s">
-        <v>710</v>
+        <v>688</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>711</v>
+        <v>689</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>10</v>
       </c>
       <c r="D190" t="s">
-        <v>712</v>
+        <v>690</v>
       </c>
       <c r="E190" t="s">
-        <v>713</v>
+        <v>691</v>
       </c>
       <c r="F190" t="s">
-        <v>714</v>
+        <v>82</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>715</v>
+        <v>692</v>
       </c>
       <c r="H190" t="s">
-        <v>716</v>
+        <v>693</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>717</v>
+        <v>694</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>17</v>
       </c>
       <c r="D191" t="s">
-        <v>712</v>
+        <v>690</v>
       </c>
       <c r="E191" t="s">
-        <v>713</v>
+        <v>691</v>
       </c>
       <c r="F191" t="s">
-        <v>40</v>
+        <v>82</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>718</v>
+        <v>695</v>
       </c>
       <c r="H191" t="s">
-        <v>719</v>
+        <v>696</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>720</v>
+        <v>697</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D192" t="s">
-        <v>721</v>
+        <v>690</v>
       </c>
       <c r="E192" t="s">
-        <v>722</v>
+        <v>691</v>
       </c>
       <c r="F192" t="s">
-        <v>723</v>
+        <v>82</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>724</v>
+        <v>698</v>
       </c>
       <c r="H192" t="s">
-        <v>725</v>
+        <v>699</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
+        <v>700</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>50</v>
+      </c>
+      <c r="D193" t="s">
+        <v>690</v>
+      </c>
+      <c r="E193" t="s">
+        <v>691</v>
+      </c>
+      <c r="F193" t="s">
+        <v>701</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="H193" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>704</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>54</v>
+      </c>
+      <c r="D194" t="s">
+        <v>690</v>
+      </c>
+      <c r="E194" t="s">
+        <v>691</v>
+      </c>
+      <c r="F194" t="s">
+        <v>82</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="H194" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>707</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>10</v>
+      </c>
+      <c r="D195" t="s">
+        <v>708</v>
+      </c>
+      <c r="E195" t="s">
+        <v>709</v>
+      </c>
+      <c r="F195" t="s">
+        <v>710</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="H195" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>713</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>17</v>
+      </c>
+      <c r="D196" t="s">
+        <v>708</v>
+      </c>
+      <c r="E196" t="s">
+        <v>709</v>
+      </c>
+      <c r="F196" t="s">
+        <v>714</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="H196" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>717</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>21</v>
+      </c>
+      <c r="D197" t="s">
+        <v>708</v>
+      </c>
+      <c r="E197" t="s">
+        <v>709</v>
+      </c>
+      <c r="F197" t="s">
+        <v>710</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="H197" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>720</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>50</v>
+      </c>
+      <c r="D198" t="s">
+        <v>708</v>
+      </c>
+      <c r="E198" t="s">
+        <v>709</v>
+      </c>
+      <c r="F198" t="s">
+        <v>721</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="H198" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>724</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>54</v>
+      </c>
+      <c r="D199" t="s">
+        <v>708</v>
+      </c>
+      <c r="E199" t="s">
+        <v>709</v>
+      </c>
+      <c r="F199" t="s">
+        <v>725</v>
+      </c>
+      <c r="G199" s="1" t="s">
         <v>726</v>
       </c>
-      <c r="B193" t="s">
-[...2 lines deleted...]
-      <c r="C193" t="s">
+      <c r="H199" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>728</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>58</v>
+      </c>
+      <c r="D200" t="s">
+        <v>708</v>
+      </c>
+      <c r="E200" t="s">
+        <v>709</v>
+      </c>
+      <c r="F200" t="s">
+        <v>729</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="H200" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>732</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>62</v>
+      </c>
+      <c r="D201" t="s">
+        <v>708</v>
+      </c>
+      <c r="E201" t="s">
+        <v>709</v>
+      </c>
+      <c r="F201" t="s">
+        <v>733</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="H201" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>736</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>66</v>
+      </c>
+      <c r="D202" t="s">
+        <v>708</v>
+      </c>
+      <c r="E202" t="s">
+        <v>709</v>
+      </c>
+      <c r="F202" t="s">
+        <v>737</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="H202" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>740</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>70</v>
+      </c>
+      <c r="D203" t="s">
+        <v>708</v>
+      </c>
+      <c r="E203" t="s">
+        <v>709</v>
+      </c>
+      <c r="F203" t="s">
+        <v>710</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="H203" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>743</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>74</v>
+      </c>
+      <c r="D204" t="s">
+        <v>708</v>
+      </c>
+      <c r="E204" t="s">
+        <v>709</v>
+      </c>
+      <c r="F204" t="s">
+        <v>744</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="H204" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>747</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>78</v>
+      </c>
+      <c r="D205" t="s">
+        <v>708</v>
+      </c>
+      <c r="E205" t="s">
+        <v>709</v>
+      </c>
+      <c r="F205" t="s">
+        <v>748</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="H205" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>751</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>81</v>
+      </c>
+      <c r="D206" t="s">
+        <v>708</v>
+      </c>
+      <c r="E206" t="s">
+        <v>709</v>
+      </c>
+      <c r="F206" t="s">
+        <v>752</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="H206" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>755</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>86</v>
+      </c>
+      <c r="D207" t="s">
+        <v>708</v>
+      </c>
+      <c r="E207" t="s">
+        <v>709</v>
+      </c>
+      <c r="F207" t="s">
+        <v>721</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="H207" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>758</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>90</v>
+      </c>
+      <c r="D208" t="s">
+        <v>708</v>
+      </c>
+      <c r="E208" t="s">
+        <v>709</v>
+      </c>
+      <c r="F208" t="s">
+        <v>759</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="H208" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>762</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>94</v>
+      </c>
+      <c r="D209" t="s">
+        <v>708</v>
+      </c>
+      <c r="E209" t="s">
+        <v>709</v>
+      </c>
+      <c r="F209" t="s">
+        <v>763</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="H209" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>766</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>98</v>
+      </c>
+      <c r="D210" t="s">
+        <v>708</v>
+      </c>
+      <c r="E210" t="s">
+        <v>709</v>
+      </c>
+      <c r="F210" t="s">
+        <v>729</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="H210" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>769</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>103</v>
+      </c>
+      <c r="D211" t="s">
+        <v>708</v>
+      </c>
+      <c r="E211" t="s">
+        <v>709</v>
+      </c>
+      <c r="F211" t="s">
+        <v>737</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="H211" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>772</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>107</v>
+      </c>
+      <c r="D212" t="s">
+        <v>708</v>
+      </c>
+      <c r="E212" t="s">
+        <v>709</v>
+      </c>
+      <c r="F212" t="s">
+        <v>737</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="H212" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>775</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>111</v>
+      </c>
+      <c r="D213" t="s">
+        <v>708</v>
+      </c>
+      <c r="E213" t="s">
+        <v>709</v>
+      </c>
+      <c r="F213" t="s">
+        <v>710</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>776</v>
+      </c>
+      <c r="H213" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>778</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>115</v>
+      </c>
+      <c r="D214" t="s">
+        <v>708</v>
+      </c>
+      <c r="E214" t="s">
+        <v>709</v>
+      </c>
+      <c r="F214" t="s">
+        <v>779</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="H214" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>782</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>119</v>
+      </c>
+      <c r="D215" t="s">
+        <v>708</v>
+      </c>
+      <c r="E215" t="s">
+        <v>709</v>
+      </c>
+      <c r="F215" t="s">
+        <v>710</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="H215" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>785</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>123</v>
+      </c>
+      <c r="D216" t="s">
+        <v>708</v>
+      </c>
+      <c r="E216" t="s">
+        <v>709</v>
+      </c>
+      <c r="F216" t="s">
+        <v>786</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="H216" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>789</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>127</v>
+      </c>
+      <c r="D217" t="s">
+        <v>708</v>
+      </c>
+      <c r="E217" t="s">
+        <v>709</v>
+      </c>
+      <c r="F217" t="s">
+        <v>790</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="H217" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>793</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>131</v>
+      </c>
+      <c r="D218" t="s">
+        <v>708</v>
+      </c>
+      <c r="E218" t="s">
+        <v>709</v>
+      </c>
+      <c r="F218" t="s">
+        <v>794</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="H218" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>797</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>135</v>
+      </c>
+      <c r="D219" t="s">
+        <v>708</v>
+      </c>
+      <c r="E219" t="s">
+        <v>709</v>
+      </c>
+      <c r="F219" t="s">
+        <v>786</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="H219" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>800</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>139</v>
+      </c>
+      <c r="D220" t="s">
+        <v>708</v>
+      </c>
+      <c r="E220" t="s">
+        <v>709</v>
+      </c>
+      <c r="F220" t="s">
+        <v>748</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="H220" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>803</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>143</v>
+      </c>
+      <c r="D221" t="s">
+        <v>708</v>
+      </c>
+      <c r="E221" t="s">
+        <v>709</v>
+      </c>
+      <c r="F221" t="s">
+        <v>710</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="H221" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>806</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>147</v>
+      </c>
+      <c r="D222" t="s">
+        <v>708</v>
+      </c>
+      <c r="E222" t="s">
+        <v>709</v>
+      </c>
+      <c r="F222" t="s">
+        <v>729</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="H222" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>809</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>151</v>
+      </c>
+      <c r="D223" t="s">
+        <v>708</v>
+      </c>
+      <c r="E223" t="s">
+        <v>709</v>
+      </c>
+      <c r="F223" t="s">
+        <v>737</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="H223" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>812</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>155</v>
+      </c>
+      <c r="D224" t="s">
+        <v>708</v>
+      </c>
+      <c r="E224" t="s">
+        <v>709</v>
+      </c>
+      <c r="F224" t="s">
+        <v>763</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="H224" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>815</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>158</v>
+      </c>
+      <c r="D225" t="s">
+        <v>708</v>
+      </c>
+      <c r="E225" t="s">
+        <v>709</v>
+      </c>
+      <c r="F225" t="s">
+        <v>710</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="H225" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>818</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>162</v>
+      </c>
+      <c r="D226" t="s">
+        <v>708</v>
+      </c>
+      <c r="E226" t="s">
+        <v>709</v>
+      </c>
+      <c r="F226" t="s">
+        <v>819</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="H226" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>821</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>166</v>
+      </c>
+      <c r="D227" t="s">
+        <v>708</v>
+      </c>
+      <c r="E227" t="s">
+        <v>709</v>
+      </c>
+      <c r="F227" t="s">
+        <v>790</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="H227" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>824</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>170</v>
+      </c>
+      <c r="D228" t="s">
+        <v>708</v>
+      </c>
+      <c r="E228" t="s">
+        <v>709</v>
+      </c>
+      <c r="F228" t="s">
+        <v>825</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="H228" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>828</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>173</v>
+      </c>
+      <c r="D229" t="s">
+        <v>708</v>
+      </c>
+      <c r="E229" t="s">
+        <v>709</v>
+      </c>
+      <c r="F229" t="s">
+        <v>829</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="H229" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>832</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
         <v>10</v>
       </c>
-      <c r="D193" t="s">
-[...12 lines deleted...]
-        <v>33</v>
+      <c r="D230" t="s">
+        <v>833</v>
+      </c>
+      <c r="E230" t="s">
+        <v>834</v>
+      </c>
+      <c r="F230" t="s">
+        <v>710</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="H230" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>837</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>17</v>
+      </c>
+      <c r="D231" t="s">
+        <v>833</v>
+      </c>
+      <c r="E231" t="s">
+        <v>834</v>
+      </c>
+      <c r="F231" t="s">
+        <v>763</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="H231" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>840</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>21</v>
+      </c>
+      <c r="D232" t="s">
+        <v>833</v>
+      </c>
+      <c r="E232" t="s">
+        <v>834</v>
+      </c>
+      <c r="F232" t="s">
+        <v>737</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="H232" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>843</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>50</v>
+      </c>
+      <c r="D233" t="s">
+        <v>833</v>
+      </c>
+      <c r="E233" t="s">
+        <v>834</v>
+      </c>
+      <c r="F233" t="s">
+        <v>763</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="H233" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>846</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>54</v>
+      </c>
+      <c r="D234" t="s">
+        <v>833</v>
+      </c>
+      <c r="E234" t="s">
+        <v>834</v>
+      </c>
+      <c r="F234" t="s">
+        <v>829</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="H234" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>849</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>10</v>
+      </c>
+      <c r="D235" t="s">
+        <v>850</v>
+      </c>
+      <c r="E235" t="s">
+        <v>851</v>
+      </c>
+      <c r="F235" t="s">
+        <v>43</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>852</v>
+      </c>
+      <c r="H235" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>854</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>10</v>
+      </c>
+      <c r="D236" t="s">
+        <v>855</v>
+      </c>
+      <c r="E236" t="s">
+        <v>856</v>
+      </c>
+      <c r="F236" t="s">
+        <v>857</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="H236" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>860</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>17</v>
+      </c>
+      <c r="D237" t="s">
+        <v>855</v>
+      </c>
+      <c r="E237" t="s">
+        <v>856</v>
+      </c>
+      <c r="F237" t="s">
+        <v>43</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="H237" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>863</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>10</v>
+      </c>
+      <c r="D238" t="s">
+        <v>864</v>
+      </c>
+      <c r="E238" t="s">
+        <v>865</v>
+      </c>
+      <c r="F238" t="s">
+        <v>829</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="H238" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>868</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>10</v>
+      </c>
+      <c r="D239" t="s">
+        <v>869</v>
+      </c>
+      <c r="E239" t="s">
+        <v>870</v>
+      </c>
+      <c r="F239" t="s">
+        <v>871</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="H239" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7782,50 +9404,96 @@
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>