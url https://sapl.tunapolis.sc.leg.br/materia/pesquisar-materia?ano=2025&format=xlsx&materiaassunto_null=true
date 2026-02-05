--- v1 (2025-12-12)
+++ v2 (2026-02-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1912" uniqueCount="873">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1936" uniqueCount="884">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -2040,87 +2040,120 @@
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao_no_81.2025_-_indicacao-_contentores_de_vidro-_fernando.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a aquisição de contentores grandes para coletas de vidros, na cidade e no interior.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/indicacao_no_82.2025-_gaucho_-_rotula_1.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que seja procedida a instalação de uma rotatoria no cruzamento da Rua São Miguel com a Rua São José.</t>
   </si>
   <si>
+    <t>1444</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_no_83.2025_-_todos_-_devolucao_de_recursos.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Excutivo Municipal que utilize os recursos a serem devolvidos por esta casa, no final do presente exercício financeiro, para firmar termo de fomento com entidades sociais.</t>
+  </si>
+  <si>
+    <t>1445</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_no_84.2025_-_reitera_1.pdf</t>
+  </si>
+  <si>
+    <t>Reitera demandas já indicadas anteriormente, solicitando que sejam incluídas, por meio das secretarias competentes, no planejamento das ações da Administração Municipal para o início do próximo exercício.</t>
+  </si>
+  <si>
     <t>1299</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Projeto de Emenda Modificativa</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1299/emenda_modificativa_no_01.2025_-_pl_magisterio1.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 01/2025 AO PROJETO DE LEI SUBSTITUTIVO Nº 02/2025 que “Dispõe sobre o Plano de Carreira e Vencimentos do Magistério Público de Tunápolis, Estado de Santa Catarina e contém outras providências”.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>PEA</t>
   </si>
   <si>
     <t>Projeto de Emenda Aditiva</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/emenda_aditiva_no_01.2025_-_magisterio.pdf</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA ADITIVA Nº 01/2025, AO PROJETO DE LEI SUBSTITUTIVO Nº 02/2025 que “Dispõe sobre o Plano de Carreira e Vencimentos do Magistério Público de Tunápolis, Estado de Santa Catarina e contém outras providências”.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/projeto_de_emenda_aditiva_no_02.2025_-_emenda_ldb_municipal.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva ao PROJETO DE LEI Nº 33/2025 que “Dispõe sobre a Lei das Diretrizes e Bases do Sistema Municipal de Ensino de Tunápolis–SC”.</t>
+  </si>
+  <si>
+    <t>1446</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1446/projeto_de_emenda_aditiva_no_03.2025_projeto_de_lei_no_58.2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Emenda aditiva nº 01/2025 que altera o Projeto de Lei Complementar nº 58/2025, que “Dispõe Sobre a Realização Da Efacitus – Exposição Feira Agropecuária, Comercial E Industrial De Tunápolis, E Contém Outras Providências”.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>PLDEE</t>
   </si>
   <si>
     <t>Projeto de Emenda Supressiva</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1277/emenda_supressiva_no_01.2025_-_plano_de_cargos_adm.pdf</t>
   </si>
   <si>
     <t>Projeto de Emenda Supressiva nº 01/2025 que altera o Projeto de Lei nº 13/2025, do Executivo, que “Dispõe sobre o Plano de Cargos, Carreira e Remuneração de Pessoal da Administração Pública do Município de Tunápolis, Estado de Santa Catarina e contém outras providências”.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/emenda_supressiva_no_02.2025_-_plano_de_cargos_adm.pdf</t>
   </si>
   <si>
     <t>Projeto de Emenda Supressiva nº 02/2025 que altera o Projeto de Lei nº 13/2025, do Executivo, que “Dispõe sobre o Plano de Cargos, Carreira e Remuneração de Pessoal da Administração Pública do Município de Tunápolis, Estado de Santa Catarina e contém outras providências”.</t>
   </si>
@@ -2976,56 +3009,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1275/projeto_de_decreto_no_01.2025_-licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1304/projeto_de_decreto_no_02.2025_-_revoga_licenca_prefeito_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1414/projeto_de_decreto_no_03.2025_-suplementacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_resolucao_no_01.2025_-_reajuste_diarias_2025_2.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1205/projeto_de_resolucao_no_02.2025_-_reajuste_vale_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_resolucao_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1203/projeto_de_lei_no_01.2025_-_reajuste_salarios.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1206/pl_01_termo_hospital.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1207/pl_02_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1212/pl_004_-_credito_suplementar__alterar_metas_fisicas.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1218/pl_03_lei_secetaria_da_agricultura.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_no_06.2025_-_emenda_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1239/pl_05_termo_de_cessao_de_uso_raio_x.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1249/pl_07_juntado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1260/pl_08_soberanas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1261/pl_09_repasse_funpom_aquisicao_de_arma.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1262/pl_10_termo_de_fomento_apae_emenda_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1264/projeto_de_lei_no_12.2025_-_identificacao_carros_oficiais.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1265/pl__11__novo_plano_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1266/pl_12_juntado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1268/pl_13_termo_de_fomento_apas.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1271/projeto_de_lei_no_16.2025_-_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1280/pl_14_altera_a_lei_1206_protesto_de_titulos.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1281/pl_15_alteracao_conder.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1282/pl_17_juntado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/projeto_de_lei_no_20.2025_-_nomina_rua_erna_rempel.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1308/pl_18_juntado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1309/pl_19_altera_sistema_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/pl_20_prorroga_efeitos_da_lei_1229_de_2015.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1324/pl_21_valor_minimo_para_execucao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1325/projeto_de_lei_no_25.2025_-_nomina_rua_baumgratz.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1331/pl_22_altera_tabela_iss.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1332/pl_23_implementacao_da_educacao_para_as_relacoes_etnico-raciais.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1333/pl_24_juntado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1334/pl_25_conselho_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1351/pl_26_juntado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1352/projeto_de_lei_no_31.2025_-_emenda_seguranca_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1353/pl_027_-_credito_especial_terreno_pre_escola_completo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/pl_28_sistema_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1357/pl_29_juntado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1358/pl_030_-_credito_suplementar__alterar_metas_fisicas.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1360/pl_31_altera_plano_de_cargos_.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1361/pl_32_plano_de_carreira_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/pl_33_fundo_municipal_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1365/pl_034_-_credito_especial_area_industrial_completo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1367/projeto_de_lei_no_40.2025_-_cessao_pavilao_municipal_para_realizaccao_de_feiras_2_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/pl_35_cria_o_sistema_municipal_de_defesa_civil_simpdec.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/projeto_de_lei_no_42.2025_-_termo_de_fomento_apae.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/projeto_de_lei_no_43.2025_-_cessao_pavilao_municipal_para_realizaccao_de_feiras_2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/projeto_de_lei_no_44.2025_-_cessao_de_uso_de_equipamentos_agricolas.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/pl_37_nota_fiscal_eletronica.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/pl_38_acordo_cooperacao_embrapa.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1400/pl_39_juntado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/ppa.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/ldo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/loa.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/pl_43_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/pl_45_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/pl_46_denomina_centro_de_educacao_infantil_bom_conselho.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/pl_47_parcelamento_do_solo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/pl_48_plano_de_carreira_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1434/pl_49_juntado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1437/pl_51_efacitus.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1438/pl_50_juntado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1443/pl_52_juntado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1240/mocao_no_01.2025_-_renato.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1241/mocao_no_02.2025_-_seguranca_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1253/mocao_no_03.2025_-_renato_-_inss_pericias_1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1256/mocao_no_04.2025_-_bortolini_-_subestacao1_1.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1257/mocao_no_05.2025_afat.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1283/mocao_no_06.2025_-_agricultura_familiar.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/mocao_no_07.2025_-_universidade.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1329/mocao_no_08.2025_-_fernando_-_hemocentro.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1359/mocao_no_09.2025_-_georreferenciamento.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/mocao_no_10.2025_-_bortolini_-_leite.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/mocao_no_11.2025_aest_1.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/mocao_no_12.2025_-_gaucho_-_fanfarra_1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/mocao_no_13.2025_-_georreferenciamento.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/mocao_no_14.2025_-_lions_1.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/mocao_no_15.2025_-_gaucho_-_pl_768-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1409/mocao_no_16.2025_-_pet_scan.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1436/mocao_no_17.2025_-_hospital_universitario.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1440/mocao_no_18.2025_-prorrogacao_de_dividas.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1223/requerimento_no_01.2025_-_fatima.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1234/requerimento_no_02.2025_-_enterro_animais_2.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1235/requerimento_no_03.2025_-_conselhos_3.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1243/requerimento_no_04.2025_-_celesc.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1263/requerimento_no_05.2025_-_fernando_-_licitacao_seguranca.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1321/requerimento_no_06.2025_-_borba_-_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1322/requerimento_no_07.2025_-_escola_bom_conselho.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1326/requerimento_no_08.2025_-_licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1344/requerimento_no_09.2025_-_requerimento_par_-_fernando-_20251_1.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/requerimento_no_10.2025_-_recursos.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/requerimento_no_11.2025_-_gaucho_-_maquinario.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/requerimento_no_12.2025__-_espelho.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/requerimento_n_13.2025_-_raio-x.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/requerimento_no_13.2025_-_raio-x.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/requerimento_no_15.2025_-_aadt.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/requerimento_no_16.2025_-_consulta_publica.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/requerimento_no_17.2025_-_agua_-_bortolini_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/requerimento_no_18.2025_-_aadt_-.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1442/requerimento_no_19.2025_-_evento_idosos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1202/indicacao_no_01.2025_-_cristian_-_eta_fatima.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1208/indicacao_no_02.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1209/indicacao_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1210/indicacao_no_04.2025_-_bortolini_-_parque_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_no_05.2025_-_fernando_-_diarias_pacientes.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1213/indicacao_no_06.2025-_adilson_-_academia.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1214/indicacao_no_07.2025_-_renato_-_placas_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1215/indicacao_no_08.2025_-_escolinhas.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1216/indicacao_no_09.2025_-_espelho_convexo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1217/indicacao_no_10.2025_-_lauricio_-_estrada_real.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1219/indicacao_no_11.2025-_hugo_-_estrada_interior.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1221/indicacao_no_12.2025_-_hugo_embarque.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1222/indicacao_no_13.2025_-_leocadia-_idosos_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1224/indicacao_no_14.2025_-_fernando_-_reforma_da_escadaria.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1225/indicacao_no_15.2025_-_cristian_-_ponte.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1226/indicacao_no_16.2026_-_adilson_-_sinalizacao_morro_do_facao.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_no_17.2025_-_cristian_-_placa_piazito.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1228/indicacao_no_18.2025_-_adilson_-_ginasio_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1229/indicacao_no_19.2025_-_fernando_-_centro_de_treinamento.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1230/indicacao_no_20.2025_-_leocadia_-_maquina_quebra-galho.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1231/indicacao_no_21.2025_-_adilson_-_ponte_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1232/indicacao_no_22.2025_-_cristian_-_vigilantes.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1233/indicacao_no_23.2025_-_cristian_-_sinalizacao_linha_scherer.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1236/indicacao_no_24.2025_-_horario_estendido.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1237/indicacao_no_25.2025_-_hugo_-_uniformes_patinacao_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1238/indicacao_no_26.2025_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1242/indicacao_no_27.2025_-_gaucho_-_ventiladores.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_no_28.2025_-_rede_de_agua_canaleta1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao_no_29.2025_-_pics_-_lauricio.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1248/indicacao_no_30.2025_-_gaucho_-_tubulacao_1.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1250/indicacao_no_31.2025_-_rede_de_energia_escola_sp.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1251/indicacao_no_32.2025_-_som_e_taxa_casa_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1252/indicacao_no_33.2025-_lauricio.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1254/indicacao_no_34.2024_-_fernando_e_elisa_-_area_industrial1.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1255/indicacao_no_35.2025-_cristian_-_ginasio_fatima_1.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1258/indicacao_no_36.2025-_leocadia_-_centro_poliesportivo_bv.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1259/indicacao_no_37.2025_-_coleta_de_agua_da_chuva.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1267/indicacao_no_38.2025_-_gaucho_-_reforma_educacao_e_auditorio.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1269/indicacao_no_39.2025_-_cristian_-_lixeiras.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1270/indicacao_no_40.2025_-_folha_de_pagamento.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1272/indicacao_no_41.2025_-_fernando_-_sc_bem_mais_simples.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1273/indicacao_no_42.2025_-_ampliacao_eta1.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1274/indicacao_no_43.2025_-_hugo_-_reforma_da_eta_pitangueira.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao_no_44.2025_-_estruturas_moveis_para_eventos_1.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao_no_45.2025_-_fernando_-_calcada.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1285/indicacao_no_46.2025-_lauricio.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1297/indicacao_no_47.2025_-_bortolini_-.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1302/indicacao_no_48.2025_-_gaucho_-_moto_samae.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1303/indicacao_no_49.2025_-_cristian_-_medico_pediatra.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/indicacao_no_50.2025_-_fernando_-_cobertura_rua_ginasio.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/indicacao_no_51.2025_-_magisterio_1.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1311/indicacao_no_52.2025_-_alargamento_estrada.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_no_53.2025_-_renato_-_proner.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1313/indicacao_no_54.2025_-_bortolini_e_borba_-_iluminacao_e_arquibancadas.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_no_55.2025_-_renato_-_pintura_escola_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_no_56.2025_-_bortolini_e_leocadia_-_asfalto.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao_no_57.2025-_lauricio.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1319/indicacao_no_59.2025_-_bortolini_e_hugo_-_alargamento_estrada_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/indicacao_no_60.2025_-_fernando_-_cobertura_parque_bv.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/indicacao_no_61.2025_-_volnei_-_projetos.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1330/indicacao_no_62.2025_-_gaucho_-_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1335/indicacao_no_63.2025_-_borba_-_morro_do_facao.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1345/indicacao_no_64.2025_-_volnei_-_aulas.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1346/indicacao_no_65.2025-_gaucho-wi-fi_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_no_66.2025_cristian_-_incentivo_terraplanagem.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_no_67.2025_-_leocadia_-_laser.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_no_68.2025_-_estacionamento_cras.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1355/indicacao_no_69.2025_-_gaucho_-_alargamento_estrada.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/indicacao_no_70.2025_-_programa_melhoramento_genetico_1.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/indicacao_no_71.2025_-_fernando_-_pesquisa_habitacional.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao_no_72.2025_-_gaucho_-_limpeza_e_pintura_da_praca_1.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_no_73.2025_-_leocadia_-_fisioterapia_pelvica.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1383/indicacao_no_74.2025-_lauricio_-_campo_raigao_baixo.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_no_75.2025-_gaucho-_mini_escavadeira.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_no_76.2025_-_videomonitoramento.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_no_77.2025-_gaucho-_cabeceira_de_ponte.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_no_78.2025_-_bortolini_-_pontes_1.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_no_79.2025_-_leocadia_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_no_80.2025_-_fernando_-_quadra_ginasio.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao_no_81.2025_-_indicacao-_contentores_de_vidro-_fernando.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/indicacao_no_82.2025-_gaucho_-_rotula_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1299/emenda_modificativa_no_01.2025_-_pl_magisterio1.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/emenda_aditiva_no_01.2025_-_magisterio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/projeto_de_emenda_aditiva_no_02.2025_-_emenda_ldb_municipal.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1277/emenda_supressiva_no_01.2025_-_plano_de_cargos_adm.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/emenda_supressiva_no_02.2025_-_plano_de_cargos_adm.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1300/emenda_supressiva_no_03.2025_-_plano_de_cargos_mag_-_psico_e_nutri.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1301/emenda_supressiva_no_04.2025_-_plano_de_cargos_mag_4.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/projeto_de_emenda_supressiva_no_05.2025_-_plano_de_cargos_adm.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/indicacao_no_01.2025_-_placas-_jovem_vereador-_dayane.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/indicacao_no_02.2025_-_eduardo_e_debora_-_para_praca.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/indicacao_no_03.2025_-_kit__de_primeiros_socorros_-_jovem_vereador_-_dayane.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/indicacao_no_04.2025_-_isabela.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1293/indicacao_no_05.2025_-_lixeiras_novas_-_jovem_vereador-_dayane.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1294/indicacao_no_06.2025_-_gabriel_e_maikon.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1296/indicacao_no_07.2025_-_mariana_e_gabriela.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_no_08.2025_-_eduardo.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_no_09.2025_-_1o_ventiladores_e_exaustores_para_o_ginasio_municipal-_jovem_vereador-_daya.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_no_10.2025_-_reforma_das_pontes-_jovem_vereador-_dayane_e_gabriela_1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_no_11.2025_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao_no_12.2025_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1340/indicacao_no_13.2025_-_isabela_bueiros.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1341/indicacao_no_14.2025_-_indicacao_sobre_o_vidro_1.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_no_15.2025_-_indicacao_dos_eletroeletronicos.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1347/indicacao_no_16.2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1375/indicacao_no_17.2025_-_eduardo.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1376/indicacao_no_18.2025_-_eduardo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_no_19.2025_-_daia.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_no_20.2025_-_espaco_da_afat-_dayane-_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_no_21.2025_-_pro-casa-_dayane-_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_no_22.2025_-_tomadas.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1381/indicacao_no_23.2025_-_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1382/indicacao_no_24.2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_no_25.2025_-_indicacao_isa_e_deboara.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao_no_26.2025_-_mariana.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_no_27.2025_-_indicacao__piso_metalico_para_a_efacitus-_dayane-_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_no_28.2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_no_29.2025_-_indicacao_-para_a_manutencao_das_cameras_de_segurancas_de_locais_publicos.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_no_30.2025_-_calcamento.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_no_31.2025_-_trocas_dos_portoes_do_ginasio_minicipal_de_esportes-_dayane-_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao_no_32.2025_-_indicacao-_contentores_de_vidro-_ideia_floripa-_dayane-_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_no_33.2025_-gabriela.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_no_34.2025_-_indicacao-_galeria_jovem_vereador-_dayane-__jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_no_35.2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/mocao_no_01.2025_-_15o_jats_-_dayane_mariana_e_tais_-jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/mocao_no_02.2025_-_cavalgada_-_tais_jovem_vereadora__1.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/mocao_no_03.2025_-xiii__semana_de_incentivo_a_leitura_e_cultura_-eduardo_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/mocao_no_04.2025_-_aadt.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/mocao_no_05.2025_-_artesanato.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/oficio_no_135_-_prazo_encaminhamento_pecas_orcamentarias_1.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1245/projeto_de_lei_substitutivo_ao_projeto_de_lei_no_05.2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1279/projeto_de_lei_substutivo_no_02.2025_ao_projeto_de_lei_no_14.2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1295/requerimento_no_01.2025_-_gabriel.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/projeto_de_resolucao_no_01.2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1275/projeto_de_decreto_no_01.2025_-licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1304/projeto_de_decreto_no_02.2025_-_revoga_licenca_prefeito_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1414/projeto_de_decreto_no_03.2025_-suplementacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_resolucao_no_01.2025_-_reajuste_diarias_2025_2.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1205/projeto_de_resolucao_no_02.2025_-_reajuste_vale_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_resolucao_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1203/projeto_de_lei_no_01.2025_-_reajuste_salarios.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1206/pl_01_termo_hospital.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1207/pl_02_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1212/pl_004_-_credito_suplementar__alterar_metas_fisicas.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1218/pl_03_lei_secetaria_da_agricultura.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_no_06.2025_-_emenda_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1239/pl_05_termo_de_cessao_de_uso_raio_x.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1249/pl_07_juntado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1260/pl_08_soberanas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1261/pl_09_repasse_funpom_aquisicao_de_arma.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1262/pl_10_termo_de_fomento_apae_emenda_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1264/projeto_de_lei_no_12.2025_-_identificacao_carros_oficiais.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1265/pl__11__novo_plano_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1266/pl_12_juntado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1268/pl_13_termo_de_fomento_apas.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1271/projeto_de_lei_no_16.2025_-_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1280/pl_14_altera_a_lei_1206_protesto_de_titulos.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1281/pl_15_alteracao_conder.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1282/pl_17_juntado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/projeto_de_lei_no_20.2025_-_nomina_rua_erna_rempel.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1308/pl_18_juntado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1309/pl_19_altera_sistema_municipal_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/pl_20_prorroga_efeitos_da_lei_1229_de_2015.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1324/pl_21_valor_minimo_para_execucao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1325/projeto_de_lei_no_25.2025_-_nomina_rua_baumgratz.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1331/pl_22_altera_tabela_iss.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1332/pl_23_implementacao_da_educacao_para_as_relacoes_etnico-raciais.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1333/pl_24_juntado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1334/pl_25_conselho_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1351/pl_26_juntado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1352/projeto_de_lei_no_31.2025_-_emenda_seguranca_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1353/pl_027_-_credito_especial_terreno_pre_escola_completo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/pl_28_sistema_municipal_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1357/pl_29_juntado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1358/pl_030_-_credito_suplementar__alterar_metas_fisicas.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1360/pl_31_altera_plano_de_cargos_.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1361/pl_32_plano_de_carreira_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/pl_33_fundo_municipal_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1365/pl_034_-_credito_especial_area_industrial_completo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1367/projeto_de_lei_no_40.2025_-_cessao_pavilao_municipal_para_realizaccao_de_feiras_2_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/pl_35_cria_o_sistema_municipal_de_defesa_civil_simpdec.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/projeto_de_lei_no_42.2025_-_termo_de_fomento_apae.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/projeto_de_lei_no_43.2025_-_cessao_pavilao_municipal_para_realizaccao_de_feiras_2.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/projeto_de_lei_no_44.2025_-_cessao_de_uso_de_equipamentos_agricolas.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/pl_37_nota_fiscal_eletronica.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/pl_38_acordo_cooperacao_embrapa.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1400/pl_39_juntado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/ppa.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/ldo.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/loa.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/pl_43_credito_suplementar.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/plano_diretor.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/pl_45_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/pl_46_denomina_centro_de_educacao_infantil_bom_conselho.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/pl_47_parcelamento_do_solo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/pl_48_plano_de_carreira_do_magisterio.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1434/pl_49_juntado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1437/pl_51_efacitus.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1438/pl_50_juntado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1443/pl_52_juntado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1240/mocao_no_01.2025_-_renato.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1241/mocao_no_02.2025_-_seguranca_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1253/mocao_no_03.2025_-_renato_-_inss_pericias_1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1256/mocao_no_04.2025_-_bortolini_-_subestacao1_1.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1257/mocao_no_05.2025_afat.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1283/mocao_no_06.2025_-_agricultura_familiar.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/mocao_no_07.2025_-_universidade.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1329/mocao_no_08.2025_-_fernando_-_hemocentro.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1359/mocao_no_09.2025_-_georreferenciamento.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/mocao_no_10.2025_-_bortolini_-_leite.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/mocao_no_11.2025_aest_1.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/mocao_no_12.2025_-_gaucho_-_fanfarra_1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/mocao_no_13.2025_-_georreferenciamento.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/mocao_no_14.2025_-_lions_1.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/mocao_no_15.2025_-_gaucho_-_pl_768-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1409/mocao_no_16.2025_-_pet_scan.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1436/mocao_no_17.2025_-_hospital_universitario.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1440/mocao_no_18.2025_-prorrogacao_de_dividas.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1223/requerimento_no_01.2025_-_fatima.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1234/requerimento_no_02.2025_-_enterro_animais_2.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1235/requerimento_no_03.2025_-_conselhos_3.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1243/requerimento_no_04.2025_-_celesc.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1263/requerimento_no_05.2025_-_fernando_-_licitacao_seguranca.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1321/requerimento_no_06.2025_-_borba_-_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1322/requerimento_no_07.2025_-_escola_bom_conselho.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1326/requerimento_no_08.2025_-_licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1344/requerimento_no_09.2025_-_requerimento_par_-_fernando-_20251_1.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/requerimento_no_10.2025_-_recursos.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/requerimento_no_11.2025_-_gaucho_-_maquinario.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/requerimento_no_12.2025__-_espelho.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/requerimento_n_13.2025_-_raio-x.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/requerimento_no_13.2025_-_raio-x.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/requerimento_no_15.2025_-_aadt.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/requerimento_no_16.2025_-_consulta_publica.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/requerimento_no_17.2025_-_agua_-_bortolini_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/requerimento_no_18.2025_-_aadt_-.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1442/requerimento_no_19.2025_-_evento_idosos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1202/indicacao_no_01.2025_-_cristian_-_eta_fatima.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1208/indicacao_no_02.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1209/indicacao_no_03.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1210/indicacao_no_04.2025_-_bortolini_-_parque_de_maquinas.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_no_05.2025_-_fernando_-_diarias_pacientes.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1213/indicacao_no_06.2025-_adilson_-_academia.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1214/indicacao_no_07.2025_-_renato_-_placas_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1215/indicacao_no_08.2025_-_escolinhas.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1216/indicacao_no_09.2025_-_espelho_convexo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1217/indicacao_no_10.2025_-_lauricio_-_estrada_real.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1219/indicacao_no_11.2025-_hugo_-_estrada_interior.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1221/indicacao_no_12.2025_-_hugo_embarque.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1222/indicacao_no_13.2025_-_leocadia-_idosos_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1224/indicacao_no_14.2025_-_fernando_-_reforma_da_escadaria.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1225/indicacao_no_15.2025_-_cristian_-_ponte.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1226/indicacao_no_16.2026_-_adilson_-_sinalizacao_morro_do_facao.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_no_17.2025_-_cristian_-_placa_piazito.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1228/indicacao_no_18.2025_-_adilson_-_ginasio_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1229/indicacao_no_19.2025_-_fernando_-_centro_de_treinamento.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1230/indicacao_no_20.2025_-_leocadia_-_maquina_quebra-galho.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1231/indicacao_no_21.2025_-_adilson_-_ponte_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1232/indicacao_no_22.2025_-_cristian_-_vigilantes.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1233/indicacao_no_23.2025_-_cristian_-_sinalizacao_linha_scherer.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1236/indicacao_no_24.2025_-_horario_estendido.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1237/indicacao_no_25.2025_-_hugo_-_uniformes_patinacao_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1238/indicacao_no_26.2025_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1242/indicacao_no_27.2025_-_gaucho_-_ventiladores.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_no_28.2025_-_rede_de_agua_canaleta1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao_no_29.2025_-_pics_-_lauricio.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1248/indicacao_no_30.2025_-_gaucho_-_tubulacao_1.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1250/indicacao_no_31.2025_-_rede_de_energia_escola_sp.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1251/indicacao_no_32.2025_-_som_e_taxa_casa_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1252/indicacao_no_33.2025-_lauricio.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1254/indicacao_no_34.2024_-_fernando_e_elisa_-_area_industrial1.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1255/indicacao_no_35.2025-_cristian_-_ginasio_fatima_1.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1258/indicacao_no_36.2025-_leocadia_-_centro_poliesportivo_bv.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1259/indicacao_no_37.2025_-_coleta_de_agua_da_chuva.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1267/indicacao_no_38.2025_-_gaucho_-_reforma_educacao_e_auditorio.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1269/indicacao_no_39.2025_-_cristian_-_lixeiras.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1270/indicacao_no_40.2025_-_folha_de_pagamento.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1272/indicacao_no_41.2025_-_fernando_-_sc_bem_mais_simples.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1273/indicacao_no_42.2025_-_ampliacao_eta1.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1274/indicacao_no_43.2025_-_hugo_-_reforma_da_eta_pitangueira.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao_no_44.2025_-_estruturas_moveis_para_eventos_1.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao_no_45.2025_-_fernando_-_calcada.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1285/indicacao_no_46.2025-_lauricio.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1297/indicacao_no_47.2025_-_bortolini_-.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1302/indicacao_no_48.2025_-_gaucho_-_moto_samae.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1303/indicacao_no_49.2025_-_cristian_-_medico_pediatra.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/indicacao_no_50.2025_-_fernando_-_cobertura_rua_ginasio.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/indicacao_no_51.2025_-_magisterio_1.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1311/indicacao_no_52.2025_-_alargamento_estrada.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_no_53.2025_-_renato_-_proner.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1313/indicacao_no_54.2025_-_bortolini_e_borba_-_iluminacao_e_arquibancadas.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_no_55.2025_-_renato_-_pintura_escola_sao_pedro.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_no_56.2025_-_bortolini_e_leocadia_-_asfalto.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao_no_57.2025-_lauricio.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1319/indicacao_no_59.2025_-_bortolini_e_hugo_-_alargamento_estrada_1.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/indicacao_no_60.2025_-_fernando_-_cobertura_parque_bv.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/indicacao_no_61.2025_-_volnei_-_projetos.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1330/indicacao_no_62.2025_-_gaucho_-_sinalizacao.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1335/indicacao_no_63.2025_-_borba_-_morro_do_facao.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1345/indicacao_no_64.2025_-_volnei_-_aulas.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1346/indicacao_no_65.2025-_gaucho-wi-fi_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_no_66.2025_cristian_-_incentivo_terraplanagem.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_no_67.2025_-_leocadia_-_laser.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_no_68.2025_-_estacionamento_cras.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1355/indicacao_no_69.2025_-_gaucho_-_alargamento_estrada.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/indicacao_no_70.2025_-_programa_melhoramento_genetico_1.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/indicacao_no_71.2025_-_fernando_-_pesquisa_habitacional.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao_no_72.2025_-_gaucho_-_limpeza_e_pintura_da_praca_1.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_no_73.2025_-_leocadia_-_fisioterapia_pelvica.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1383/indicacao_no_74.2025-_lauricio_-_campo_raigao_baixo.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_no_75.2025-_gaucho-_mini_escavadeira.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1392/indicacao_no_76.2025_-_videomonitoramento.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_no_77.2025-_gaucho-_cabeceira_de_ponte.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_no_78.2025_-_bortolini_-_pontes_1.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_no_79.2025_-_leocadia_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_no_80.2025_-_fernando_-_quadra_ginasio.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1435/indicacao_no_81.2025_-_indicacao-_contentores_de_vidro-_fernando.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/indicacao_no_82.2025-_gaucho_-_rotula_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_no_83.2025_-_todos_-_devolucao_de_recursos.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_no_84.2025_-_reitera_1.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1299/emenda_modificativa_no_01.2025_-_pl_magisterio1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/emenda_aditiva_no_01.2025_-_magisterio.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/projeto_de_emenda_aditiva_no_02.2025_-_emenda_ldb_municipal.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1446/projeto_de_emenda_aditiva_no_03.2025_projeto_de_lei_no_58.2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1277/emenda_supressiva_no_01.2025_-_plano_de_cargos_adm.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/emenda_supressiva_no_02.2025_-_plano_de_cargos_adm.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1300/emenda_supressiva_no_03.2025_-_plano_de_cargos_mag_-_psico_e_nutri.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1301/emenda_supressiva_no_04.2025_-_plano_de_cargos_mag_4.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/projeto_de_emenda_supressiva_no_05.2025_-_plano_de_cargos_adm.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/indicacao_no_01.2025_-_placas-_jovem_vereador-_dayane.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/indicacao_no_02.2025_-_eduardo_e_debora_-_para_praca.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/indicacao_no_03.2025_-_kit__de_primeiros_socorros_-_jovem_vereador_-_dayane.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/indicacao_no_04.2025_-_isabela.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1293/indicacao_no_05.2025_-_lixeiras_novas_-_jovem_vereador-_dayane.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1294/indicacao_no_06.2025_-_gabriel_e_maikon.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1296/indicacao_no_07.2025_-_mariana_e_gabriela.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_no_08.2025_-_eduardo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_no_09.2025_-_1o_ventiladores_e_exaustores_para_o_ginasio_municipal-_jovem_vereador-_daya.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_no_10.2025_-_reforma_das_pontes-_jovem_vereador-_dayane_e_gabriela_1.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_no_11.2025_-_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao_no_12.2025_-_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1340/indicacao_no_13.2025_-_isabela_bueiros.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1341/indicacao_no_14.2025_-_indicacao_sobre_o_vidro_1.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_no_15.2025_-_indicacao_dos_eletroeletronicos.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1347/indicacao_no_16.2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1375/indicacao_no_17.2025_-_eduardo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1376/indicacao_no_18.2025_-_eduardo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_no_19.2025_-_daia.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_no_20.2025_-_espaco_da_afat-_dayane-_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_no_21.2025_-_pro-casa-_dayane-_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_no_22.2025_-_tomadas.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1381/indicacao_no_23.2025_-_poliesportivo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1382/indicacao_no_24.2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/indicacao_no_25.2025_-_indicacao_isa_e_deboara.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao_no_26.2025_-_mariana.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_no_27.2025_-_indicacao__piso_metalico_para_a_efacitus-_dayane-_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_no_28.2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_no_29.2025_-_indicacao_-para_a_manutencao_das_cameras_de_segurancas_de_locais_publicos.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_no_30.2025_-_calcamento.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_no_31.2025_-_trocas_dos_portoes_do_ginasio_minicipal_de_esportes-_dayane-_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao_no_32.2025_-_indicacao-_contentores_de_vidro-_ideia_floripa-_dayane-_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_no_33.2025_-gabriela.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_no_34.2025_-_indicacao-_galeria_jovem_vereador-_dayane-__jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_no_35.2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/mocao_no_01.2025_-_15o_jats_-_dayane_mariana_e_tais_-jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/mocao_no_02.2025_-_cavalgada_-_tais_jovem_vereadora__1.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/mocao_no_03.2025_-xiii__semana_de_incentivo_a_leitura_e_cultura_-eduardo_jovem_vereador.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/mocao_no_04.2025_-_aadt.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/mocao_no_05.2025_-_artesanato.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/oficio_no_135_-_prazo_encaminhamento_pecas_orcamentarias_1.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1245/projeto_de_lei_substitutivo_ao_projeto_de_lei_no_05.2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1279/projeto_de_lei_substutivo_no_02.2025_ao_projeto_de_lei_no_14.2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1295/requerimento_no_01.2025_-_gabriel.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/projeto_de_resolucao_no_01.2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H239"/>
+  <dimension ref="A1:H242"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="168" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="171.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -7840,1417 +7873,1495 @@
       </c>
       <c r="D186" t="s">
         <v>399</v>
       </c>
       <c r="E186" t="s">
         <v>400</v>
       </c>
       <c r="F186" t="s">
         <v>277</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>674</v>
       </c>
       <c r="H186" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>676</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>10</v>
+        <v>677</v>
       </c>
       <c r="D187" t="s">
-        <v>677</v>
+        <v>399</v>
       </c>
       <c r="E187" t="s">
+        <v>400</v>
+      </c>
+      <c r="F187" t="s">
+        <v>34</v>
+      </c>
+      <c r="G187" s="1" t="s">
         <v>678</v>
       </c>
-      <c r="F187" t="s">
-[...2 lines deleted...]
-      <c r="G187" s="1" t="s">
+      <c r="H187" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>680</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
         <v>681</v>
       </c>
-      <c r="B188" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D188" t="s">
-        <v>682</v>
+        <v>399</v>
       </c>
       <c r="E188" t="s">
-        <v>683</v>
+        <v>400</v>
       </c>
       <c r="F188" t="s">
         <v>210</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="H188" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
+        <v>684</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>10</v>
+      </c>
+      <c r="D189" t="s">
+        <v>685</v>
+      </c>
+      <c r="E189" t="s">
         <v>686</v>
-      </c>
-[...10 lines deleted...]
-        <v>683</v>
       </c>
       <c r="F189" t="s">
         <v>210</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>687</v>
       </c>
       <c r="H189" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>689</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>10</v>
       </c>
       <c r="D190" t="s">
         <v>690</v>
       </c>
       <c r="E190" t="s">
         <v>691</v>
       </c>
       <c r="F190" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>692</v>
       </c>
       <c r="H190" t="s">
         <v>693</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>694</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>17</v>
       </c>
       <c r="D191" t="s">
         <v>690</v>
       </c>
       <c r="E191" t="s">
         <v>691</v>
       </c>
       <c r="F191" t="s">
-        <v>82</v>
+        <v>210</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>695</v>
       </c>
       <c r="H191" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>697</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>21</v>
       </c>
       <c r="D192" t="s">
         <v>690</v>
       </c>
       <c r="E192" t="s">
         <v>691</v>
       </c>
       <c r="F192" t="s">
         <v>82</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>698</v>
       </c>
       <c r="H192" t="s">
         <v>699</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>700</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="D193" t="s">
-        <v>690</v>
+        <v>701</v>
       </c>
       <c r="E193" t="s">
-        <v>691</v>
+        <v>702</v>
       </c>
       <c r="F193" t="s">
-        <v>701</v>
+        <v>82</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="H193" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="D194" t="s">
-        <v>690</v>
+        <v>701</v>
       </c>
       <c r="E194" t="s">
-        <v>691</v>
+        <v>702</v>
       </c>
       <c r="F194" t="s">
         <v>82</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="H194" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D195" t="s">
-        <v>708</v>
+        <v>701</v>
       </c>
       <c r="E195" t="s">
+        <v>702</v>
+      </c>
+      <c r="F195" t="s">
+        <v>82</v>
+      </c>
+      <c r="G195" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="F195" t="s">
+      <c r="H195" t="s">
         <v>710</v>
-      </c>
-[...4 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
+        <v>711</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>50</v>
+      </c>
+      <c r="D196" t="s">
+        <v>701</v>
+      </c>
+      <c r="E196" t="s">
+        <v>702</v>
+      </c>
+      <c r="F196" t="s">
+        <v>712</v>
+      </c>
+      <c r="G196" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="B196" t="s">
-[...11 lines deleted...]
-      <c r="F196" t="s">
+      <c r="H196" t="s">
         <v>714</v>
-      </c>
-[...4 lines deleted...]
-        <v>716</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
+        <v>715</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>54</v>
+      </c>
+      <c r="D197" t="s">
+        <v>701</v>
+      </c>
+      <c r="E197" t="s">
+        <v>702</v>
+      </c>
+      <c r="F197" t="s">
+        <v>82</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="H197" t="s">
         <v>717</v>
-      </c>
-[...19 lines deleted...]
-        <v>719</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
+        <v>718</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>10</v>
+      </c>
+      <c r="D198" t="s">
+        <v>719</v>
+      </c>
+      <c r="E198" t="s">
         <v>720</v>
-      </c>
-[...10 lines deleted...]
-        <v>709</v>
       </c>
       <c r="F198" t="s">
         <v>721</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>722</v>
       </c>
       <c r="H198" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>724</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="D199" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E199" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F199" t="s">
         <v>725</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>726</v>
       </c>
       <c r="H199" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>728</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>58</v>
+        <v>21</v>
       </c>
       <c r="D200" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E200" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F200" t="s">
+        <v>721</v>
+      </c>
+      <c r="G200" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="G200" s="1" t="s">
+      <c r="H200" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>731</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
+        <v>731</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>50</v>
+      </c>
+      <c r="D201" t="s">
+        <v>719</v>
+      </c>
+      <c r="E201" t="s">
+        <v>720</v>
+      </c>
+      <c r="F201" t="s">
         <v>732</v>
       </c>
-      <c r="B201" t="s">
-[...11 lines deleted...]
-      <c r="F201" t="s">
+      <c r="G201" s="1" t="s">
         <v>733</v>
       </c>
-      <c r="G201" s="1" t="s">
+      <c r="H201" t="s">
         <v>734</v>
-      </c>
-[...1 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
+        <v>735</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>54</v>
+      </c>
+      <c r="D202" t="s">
+        <v>719</v>
+      </c>
+      <c r="E202" t="s">
+        <v>720</v>
+      </c>
+      <c r="F202" t="s">
         <v>736</v>
       </c>
-      <c r="B202" t="s">
-[...11 lines deleted...]
-      <c r="F202" t="s">
+      <c r="G202" s="1" t="s">
         <v>737</v>
       </c>
-      <c r="G202" s="1" t="s">
+      <c r="H202" t="s">
         <v>738</v>
-      </c>
-[...1 lines deleted...]
-        <v>739</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
+        <v>739</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>58</v>
+      </c>
+      <c r="D203" t="s">
+        <v>719</v>
+      </c>
+      <c r="E203" t="s">
+        <v>720</v>
+      </c>
+      <c r="F203" t="s">
         <v>740</v>
-      </c>
-[...13 lines deleted...]
-        <v>710</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>741</v>
       </c>
       <c r="H203" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>743</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="D204" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E204" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F204" t="s">
         <v>744</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>745</v>
       </c>
       <c r="H204" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>747</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="D205" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E205" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F205" t="s">
         <v>748</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>749</v>
       </c>
       <c r="H205" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>751</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="D206" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E206" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F206" t="s">
+        <v>721</v>
+      </c>
+      <c r="G206" s="1" t="s">
         <v>752</v>
       </c>
-      <c r="G206" s="1" t="s">
+      <c r="H206" t="s">
         <v>753</v>
-      </c>
-[...1 lines deleted...]
-        <v>754</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
+        <v>754</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>74</v>
+      </c>
+      <c r="D207" t="s">
+        <v>719</v>
+      </c>
+      <c r="E207" t="s">
+        <v>720</v>
+      </c>
+      <c r="F207" t="s">
         <v>755</v>
-      </c>
-[...13 lines deleted...]
-        <v>721</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>756</v>
       </c>
       <c r="H207" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>758</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="D208" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E208" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F208" t="s">
         <v>759</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>760</v>
       </c>
       <c r="H208" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>762</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="D209" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E209" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F209" t="s">
         <v>763</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>764</v>
       </c>
       <c r="H209" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>766</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="D210" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E210" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F210" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>767</v>
       </c>
       <c r="H210" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>769</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="D211" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E211" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F211" t="s">
-        <v>737</v>
+        <v>770</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="H211" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="D212" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E212" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F212" t="s">
-        <v>737</v>
+        <v>774</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="H212" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>111</v>
+        <v>98</v>
       </c>
       <c r="D213" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E213" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F213" t="s">
-        <v>710</v>
+        <v>740</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="H213" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="D214" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E214" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F214" t="s">
-        <v>779</v>
+        <v>748</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="H214" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="D215" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E215" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F215" t="s">
-        <v>710</v>
+        <v>748</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="H215" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="D216" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E216" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F216" t="s">
-        <v>786</v>
+        <v>721</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>787</v>
       </c>
       <c r="H216" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>789</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
       <c r="D217" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E217" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F217" t="s">
         <v>790</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>791</v>
       </c>
       <c r="H217" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>793</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>131</v>
+        <v>119</v>
       </c>
       <c r="D218" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E218" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F218" t="s">
+        <v>721</v>
+      </c>
+      <c r="G218" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="G218" s="1" t="s">
+      <c r="H218" t="s">
         <v>795</v>
-      </c>
-[...1 lines deleted...]
-        <v>796</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
+        <v>796</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>123</v>
+      </c>
+      <c r="D219" t="s">
+        <v>719</v>
+      </c>
+      <c r="E219" t="s">
+        <v>720</v>
+      </c>
+      <c r="F219" t="s">
         <v>797</v>
-      </c>
-[...13 lines deleted...]
-        <v>786</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>798</v>
       </c>
       <c r="H219" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>800</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="D220" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E220" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F220" t="s">
-        <v>748</v>
+        <v>801</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="H220" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="D221" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E221" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F221" t="s">
-        <v>710</v>
+        <v>805</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="H221" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>147</v>
+        <v>135</v>
       </c>
       <c r="D222" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E222" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F222" t="s">
-        <v>729</v>
+        <v>797</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="H222" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>151</v>
+        <v>139</v>
       </c>
       <c r="D223" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E223" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F223" t="s">
-        <v>737</v>
+        <v>759</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="H223" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>155</v>
+        <v>143</v>
       </c>
       <c r="D224" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E224" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F224" t="s">
-        <v>763</v>
+        <v>721</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="H224" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="D225" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E225" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F225" t="s">
-        <v>710</v>
+        <v>740</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="H225" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="D226" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E226" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F226" t="s">
-        <v>819</v>
+        <v>748</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="H226" t="s">
-        <v>671</v>
+        <v>822</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>166</v>
+        <v>155</v>
       </c>
       <c r="D227" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E227" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F227" t="s">
-        <v>790</v>
+        <v>774</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="H227" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
       <c r="D228" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E228" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F228" t="s">
-        <v>825</v>
+        <v>721</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="H228" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="D229" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="E229" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="F229" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="H229" t="s">
-        <v>831</v>
+        <v>671</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>832</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>10</v>
+        <v>166</v>
       </c>
       <c r="D230" t="s">
+        <v>719</v>
+      </c>
+      <c r="E230" t="s">
+        <v>720</v>
+      </c>
+      <c r="F230" t="s">
+        <v>801</v>
+      </c>
+      <c r="G230" s="1" t="s">
         <v>833</v>
       </c>
-      <c r="E230" t="s">
+      <c r="H230" t="s">
         <v>834</v>
-      </c>
-[...7 lines deleted...]
-        <v>836</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
+        <v>835</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>170</v>
+      </c>
+      <c r="D231" t="s">
+        <v>719</v>
+      </c>
+      <c r="E231" t="s">
+        <v>720</v>
+      </c>
+      <c r="F231" t="s">
+        <v>836</v>
+      </c>
+      <c r="G231" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="B231" t="s">
-[...14 lines deleted...]
-      <c r="G231" s="1" t="s">
+      <c r="H231" t="s">
         <v>838</v>
-      </c>
-[...1 lines deleted...]
-        <v>839</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
+        <v>839</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>173</v>
+      </c>
+      <c r="D232" t="s">
+        <v>719</v>
+      </c>
+      <c r="E232" t="s">
+        <v>720</v>
+      </c>
+      <c r="F232" t="s">
         <v>840</v>
-      </c>
-[...13 lines deleted...]
-        <v>737</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>841</v>
       </c>
       <c r="H232" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>843</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="D233" t="s">
-        <v>833</v>
+        <v>844</v>
       </c>
       <c r="E233" t="s">
-        <v>834</v>
+        <v>845</v>
       </c>
       <c r="F233" t="s">
-        <v>763</v>
+        <v>721</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="H233" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="D234" t="s">
-        <v>833</v>
+        <v>844</v>
       </c>
       <c r="E234" t="s">
-        <v>834</v>
+        <v>845</v>
       </c>
       <c r="F234" t="s">
-        <v>829</v>
+        <v>774</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="H234" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D235" t="s">
-        <v>850</v>
+        <v>844</v>
       </c>
       <c r="E235" t="s">
-        <v>851</v>
+        <v>845</v>
       </c>
       <c r="F235" t="s">
-        <v>43</v>
+        <v>748</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>852</v>
       </c>
       <c r="H235" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>854</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="D236" t="s">
+        <v>844</v>
+      </c>
+      <c r="E236" t="s">
+        <v>845</v>
+      </c>
+      <c r="F236" t="s">
+        <v>774</v>
+      </c>
+      <c r="G236" s="1" t="s">
         <v>855</v>
       </c>
-      <c r="E236" t="s">
+      <c r="H236" t="s">
         <v>856</v>
-      </c>
-[...7 lines deleted...]
-        <v>859</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="D237" t="s">
-        <v>855</v>
+        <v>844</v>
       </c>
       <c r="E237" t="s">
-        <v>856</v>
+        <v>845</v>
       </c>
       <c r="F237" t="s">
-        <v>43</v>
+        <v>840</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="H237" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
         <v>10</v>
       </c>
       <c r="D238" t="s">
+        <v>861</v>
+      </c>
+      <c r="E238" t="s">
+        <v>862</v>
+      </c>
+      <c r="F238" t="s">
+        <v>43</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="H238" t="s">
         <v>864</v>
-      </c>
-[...10 lines deleted...]
-        <v>867</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
         <v>10</v>
       </c>
       <c r="D239" t="s">
+        <v>866</v>
+      </c>
+      <c r="E239" t="s">
+        <v>867</v>
+      </c>
+      <c r="F239" t="s">
+        <v>868</v>
+      </c>
+      <c r="G239" s="1" t="s">
         <v>869</v>
       </c>
-      <c r="E239" t="s">
+      <c r="H239" t="s">
         <v>870</v>
       </c>
-      <c r="F239" t="s">
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
         <v>871</v>
       </c>
-      <c r="G239" s="1" t="s">
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>17</v>
+      </c>
+      <c r="D240" t="s">
+        <v>866</v>
+      </c>
+      <c r="E240" t="s">
+        <v>867</v>
+      </c>
+      <c r="F240" t="s">
+        <v>43</v>
+      </c>
+      <c r="G240" s="1" t="s">
         <v>872</v>
       </c>
-      <c r="H239" t="s">
+      <c r="H240" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>874</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>10</v>
+      </c>
+      <c r="D241" t="s">
+        <v>875</v>
+      </c>
+      <c r="E241" t="s">
+        <v>876</v>
+      </c>
+      <c r="F241" t="s">
+        <v>840</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="H241" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>879</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>10</v>
+      </c>
+      <c r="D242" t="s">
+        <v>880</v>
+      </c>
+      <c r="E242" t="s">
+        <v>881</v>
+      </c>
+      <c r="F242" t="s">
+        <v>882</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="H242" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
@@ -9450,50 +9561,53 @@
     <hyperlink ref="G215" r:id="rId214"/>
     <hyperlink ref="G216" r:id="rId215"/>
     <hyperlink ref="G217" r:id="rId216"/>
     <hyperlink ref="G218" r:id="rId217"/>
     <hyperlink ref="G219" r:id="rId218"/>
     <hyperlink ref="G220" r:id="rId219"/>
     <hyperlink ref="G221" r:id="rId220"/>
     <hyperlink ref="G222" r:id="rId221"/>
     <hyperlink ref="G223" r:id="rId222"/>
     <hyperlink ref="G224" r:id="rId223"/>
     <hyperlink ref="G225" r:id="rId224"/>
     <hyperlink ref="G226" r:id="rId225"/>
     <hyperlink ref="G227" r:id="rId226"/>
     <hyperlink ref="G228" r:id="rId227"/>
     <hyperlink ref="G229" r:id="rId228"/>
     <hyperlink ref="G230" r:id="rId229"/>
     <hyperlink ref="G231" r:id="rId230"/>
     <hyperlink ref="G232" r:id="rId231"/>
     <hyperlink ref="G233" r:id="rId232"/>
     <hyperlink ref="G234" r:id="rId233"/>
     <hyperlink ref="G235" r:id="rId234"/>
     <hyperlink ref="G236" r:id="rId235"/>
     <hyperlink ref="G237" r:id="rId236"/>
     <hyperlink ref="G238" r:id="rId237"/>
     <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>