--- v0 (2026-02-05)
+++ v1 (2026-03-22)
@@ -10,206 +10,458 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="136">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora 2026</t>
   </si>
   <si>
-    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1453/projeto_de_resolucao_no_01.2026_-_reajuste_vale_2026_1.pdf</t>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1453/projeto_de_resolucao_no_01.2026_-_reajuste_vale_2026_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DO VALE ALIMENTAÇÃO DOS SERVIDORES DO LEGISLATIVO MUNICIPAL E CONTEM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1454/projeto_de_lei_no_01.2026_-_reajuste_salarios_2026.pdf</t>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1454/projeto_de_lei_no_01.2026_-_reajuste_salarios_2026.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES DO LEGISLATIVO MUNICIPAL E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1456/pl_01_altera_a_lei_1380_vale_alimentacao.pdf</t>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1456/pl_01_altera_a_lei_1380_vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 1380, de 20 de dezembro de 2018, que “Autoriza o poder executivo a dispor sobre a concessão mensal de vale-alimentação por dia trabalhado aos servidores públicos ativos da administração pública do município de Tunápolis e adota outras providências.”</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1457/projeto_lei_02_servicos_de_taxi.pdf</t>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1457/projeto_lei_02_servicos_de_taxi.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A EXPLORAÇÃO DO SERVIÇO DE TRANSPORTE INDIVIDUAL DE PASSAGEIROS - TÁXI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1458/projeto_de_lei_no_04.2026_-_emenda_vale_alimentacao_2026.pdf</t>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1458/projeto_de_lei_no_04.2026_-_emenda_vale_alimentacao_2026.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 2º DA LEI 1.391/2019 QUE AUTORIZA O PODER LEGISLATIVO A DISPOR SOBRE A CONCESSÃO DO VALE ALIMENTAÇÃO AOS SERVIDORES DA CÂMARA DE VEREADORES DE TUNÁPOLIS E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1461</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1461/01_pl_03_termo_de_fomento_hospital.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o chefe do Poder Executivo Municipal a firmar Termo de Fomento com a Associação Hospitalar de Tunápolis.</t>
+  </si>
+  <si>
+    <t>1462</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1462/pl_04_conselho_do_turismo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Conselho Municipal de Turismo do Município de Tunápolis (CMTT) e contém outras providências</t>
+  </si>
+  <si>
+    <t>1463</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1463/pl_mensagem_05_altera_plano_de_cargos.pdf</t>
+  </si>
+  <si>
+    <t>Dá nova redação ao Anexo II, letra A, C, e D, Anexo IV e V, da Lei Complementar nº 080, de 07 de maio de 2025, que dispõe sobre o Plano de Cargos, Carreira e Remuneração de Pessoal da Administração Pública do Município de Tunápolis, Estado de Santa Catarina e contém outras providências.</t>
+  </si>
+  <si>
+    <t>1465</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1465/pl_06_pagamentos_lei_federal_226.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o pagamento retroativo de vantagens funcionais aos servidores do Poder Executivo do Município de Tunápolis, referentes ao período de suspensão imposto pela Lei Complementar nº 173, de 27 de maio de 2020, nos termos da Lei Complementar nº 226, de 12 de janeiro de 2026.</t>
+  </si>
+  <si>
     <t>1455</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Leocádia Thomas Welter</t>
   </si>
   <si>
-    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1455/mocao_no_01.2026_-_coral.pdf</t>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1455/mocao_no_01.2026_-_coral.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos que solicita seja encaminhada ao CORAL SANTA CECÍLIA, representado pelo Presidente da Sr. Rui Lauschner, em reconhecimento aos 71 anos de existência, parabenizando sua trajetória histórica, cultural e social junto à comunidade tunapolitana.</t>
   </si>
   <si>
+    <t>1469</t>
+  </si>
+  <si>
+    <t>Fernando Weiss, Hugo Bohnenberger</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1469/mocao_no_02.2026_park_lama.pdf</t>
+  </si>
+  <si>
+    <t>Moção de aplausos em reconhecimento ao evento Park Lama, ocorrido no dia 28 de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>1475</t>
+  </si>
+  <si>
+    <t>Liane Jacinta Finger Heck</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1475/mocao_no_03.2026_-_hospitais_gerais.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APELO, que solicita seja encaminhada ao Governo do Estado de Santa Catarina, por meio da Secretaria de Estado da Saúde, para que proceda à revisão da legislação e das normativas estaduais que regulamentam a proporção de leitos de saúde mental em hospitais gerais.</t>
+  </si>
+  <si>
+    <t>1477</t>
+  </si>
+  <si>
+    <t>Leandro Bortolini</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1477/mocao_no_04.2026_pl_vistorias_-_bortolini.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Apelo em razão da tramitação do Projeto de Lei nº 3.507/2025, que propõe a instituição de vistoria veicular anual obrigatória mediante pagamento de taxa estimada em valor superior a R$ 195,00 (cento e noventa e cinco reais).</t>
+  </si>
+  <si>
+    <t>1460</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1460/requerimento_no_01.2026_-_acs_e_ace.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de informações acerca do Incentivo Financeiro Adicional (IFA – Lei nº 12.994/2014) e da ajuda de custo prevista na Lei nº 15.014/2024 aos Agentes Comunitários de Saúde (ACS) e Agentes de Combate às Endemias (ACE).</t>
+  </si>
+  <si>
+    <t>1470</t>
+  </si>
+  <si>
+    <t>Lauricio Nicodem, Liane Jacinta Finger Heck</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1470/requerimento_no_02.2026_-_licitacao_de_bebidas.pdf</t>
+  </si>
+  <si>
+    <t>requerer informações ao Poder Executivo Municipal acerca do processo licitatório Pregão Eletrônico nº 11/2026, que tem por objeto a exploração da comercialização de bebidas alcoólicas/não alcoólicas bem como a venda de chopp pilsen, cerveja com e sem álcool, refrigerantes e água com gás e sem gás, bem como venda de bebidas quentes que envolve drinks, cachaças, energéticos e demais para a exposição feira agropecuária, comercial e industrial de Tunápolis - EFACITUS, que acontecerá entre os dias 24 a 26 de abril de 2026, nos pavilhões e demais dependências para a feira no município.</t>
+  </si>
+  <si>
+    <t>1471</t>
+  </si>
+  <si>
+    <t>Lauricio Nicodem, Leandro Bortolini, Liane Jacinta Finger Heck</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1471/requerimento_no_03.2026_-_cobranca_efacitus.pdf</t>
+  </si>
+  <si>
+    <t>Pedido de informações acerca da cobrança realizada para as empresas localizadas no espaço definido para realização da feira</t>
+  </si>
+  <si>
+    <t>1472</t>
+  </si>
+  <si>
+    <t>Aloísio José Lehmen</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1472/requerimento_no_04.2026_-_aloisio.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Poder Executivo Municipal  para que apresentem a esta Casa Legislativa atualizações sobre a elaboração do projeto de Engenharia para recapeamento asfáltico de Tunápolis até a divisa de São João do Oeste.</t>
+  </si>
+  <si>
+    <t>1476</t>
+  </si>
+  <si>
+    <t>Fernando Weiss</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1476/requerimento_no_04.2026_-_fernando.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações acerca da atual situação da concessão à empresa Alver Klein.</t>
+  </si>
+  <si>
     <t>1448</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Renato Gluitz</t>
   </si>
   <si>
-    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1448/indicacao_no_01.2026_-_renato_-_ginasio_sao_pedro_1.pdf</t>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1448/indicacao_no_01.2026_-_renato_-_ginasio_sao_pedro_1.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal que promova melhorias no ginásio municipal de Linha São Pedro.</t>
   </si>
   <si>
+    <t>1459</t>
+  </si>
+  <si>
+    <t>Lauricio Nicodem</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1459/indicacao_no_02.2026_-_estradas_-_lauricio.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal que proceda ao cascalhamento e outras manutenções básicas da estrada de Linha Raigão Baixo.</t>
+  </si>
+  <si>
+    <t>1464</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1464/indicacao_no_03.2026_-_bortolini_-_majoracao_do_incentivo_cascalho.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal que proceda ao aumento no valor permutado com o produtor pela carga de cascalho, disposto na lei 1.461/2021.</t>
+  </si>
+  <si>
+    <t>1467</t>
+  </si>
+  <si>
+    <t>Cristian Junior Mallmann</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1467/indicacao_no_04.2026_-_projeto_asfaltico_-_cristian.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal que elabore projeto técnico e posterior execução de pavimentação asfáltica no trecho compreendido entre o centro da cidade de Tunápolis até a ponte sobre o rio macaco em Fátima.</t>
+  </si>
+  <si>
+    <t>1478</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1478/indicacao_no_05.2026_-_projeto_anatel.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo Municipal de Tunápolis, para que avalie a viabilidade de adesão do Município ao Projeto Piloto de Ambiente Regulatório Experimental da Agência Nacional de Telecomunicações – ANATEL, destinado ao uso de repetidores de radiofrequências e reforçadores de sinal, com vistas à ampliação da cobertura do Serviço Móvel Pessoal (SMP) nas localidades do interior.</t>
+  </si>
+  <si>
+    <t>1473</t>
+  </si>
+  <si>
+    <t>PEM</t>
+  </si>
+  <si>
+    <t>Projeto de Emenda Modificativa</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1473/projeto_de_emenda_modificativa_no_01.2026_-_educador_fisico_ao_porjeto_de_lei_no_07.2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Emenda Modificativa nº 01/2026 que altera o Projeto de Lei Complementar nº 07/2026, do Executivo, que “Dá nova redação ao Anexo II, letra A, C, e D, Anexo IV e V, da Lei Complementar no 080, de 07 de maio de 2025, que dispõe sobre o Plano de Cargos, Carreira e Remuneração de Pessoal da Administração Pública do Município de Tunápolis, Estado de Santa Catarina e contém outras providências.”.</t>
+  </si>
+  <si>
+    <t>1468</t>
+  </si>
+  <si>
+    <t>PLDEE</t>
+  </si>
+  <si>
+    <t>Projeto de Emenda Supressiva</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1468/projeto_de_emensa_supressiva_n_01.2026__-_conselho_turismo.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Emenda Supressiva nº 01/2026 que altera o Projeto de Lei nº 06/2026, do Executivo, que “Dispõe sobre o Conselho Municipal de Turismo do Município de Tunápolis (CMTT) e contém outras providências”.</t>
+  </si>
+  <si>
+    <t>1466</t>
+  </si>
+  <si>
+    <t>PES</t>
+  </si>
+  <si>
+    <t>Projeto de Emenda Substitutiva</t>
+  </si>
+  <si>
+    <t>CTDS - Comissões em conjunto</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1466/projeto_de_emenda_substitutiva_ao_projeto_de_lei_no_03.2026_-_pl_taxi_1.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Emenda Substitutiva nº 01/2026 que visa substituir o Projeto de Lei Ordinária nº 03/2026, que regulamenta a exploração do serviço de transporte individual de passageiros - táxi, e dá outras providências.</t>
+  </si>
+  <si>
     <t>1447</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>Marino José Frey</t>
   </si>
   <si>
-    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1447/veto.pdf</t>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1447/veto.pdf</t>
   </si>
   <si>
     <t>Comunica Veto Parcial ao Projeto de Lei nº 58/2025.</t>
+  </si>
+  <si>
+    <t>1474</t>
+  </si>
+  <si>
+    <t>PER</t>
+  </si>
+  <si>
+    <t>Projeto de Emenda a Resolução</t>
+  </si>
+  <si>
+    <t>http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1474/projeto_de_emenda_a_resolucao_no_01.2026_-_modifica_ri.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA DISPOSITIVOS DO REGIMENTO INTERNO CAMERAL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -513,68 +765,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1453/projeto_de_resolucao_no_01.2026_-_reajuste_vale_2026_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1454/projeto_de_lei_no_01.2026_-_reajuste_salarios_2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1456/pl_01_altera_a_lei_1380_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1457/projeto_lei_02_servicos_de_taxi.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1458/projeto_de_lei_no_04.2026_-_emenda_vale_alimentacao_2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1455/mocao_no_01.2026_-_coral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1448/indicacao_no_01.2026_-_renato_-_ginasio_sao_pedro_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1447/veto.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1453/projeto_de_resolucao_no_01.2026_-_reajuste_vale_2026_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1454/projeto_de_lei_no_01.2026_-_reajuste_salarios_2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1456/pl_01_altera_a_lei_1380_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1457/projeto_lei_02_servicos_de_taxi.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1458/projeto_de_lei_no_04.2026_-_emenda_vale_alimentacao_2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1461/01_pl_03_termo_de_fomento_hospital.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1462/pl_04_conselho_do_turismo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1463/pl_mensagem_05_altera_plano_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1465/pl_06_pagamentos_lei_federal_226.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1455/mocao_no_01.2026_-_coral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1469/mocao_no_02.2026_park_lama.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1475/mocao_no_03.2026_-_hospitais_gerais.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1477/mocao_no_04.2026_pl_vistorias_-_bortolini.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1460/requerimento_no_01.2026_-_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1470/requerimento_no_02.2026_-_licitacao_de_bebidas.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1471/requerimento_no_03.2026_-_cobranca_efacitus.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1472/requerimento_no_04.2026_-_aloisio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1476/requerimento_no_04.2026_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1448/indicacao_no_01.2026_-_renato_-_ginasio_sao_pedro_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1459/indicacao_no_02.2026_-_estradas_-_lauricio.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1464/indicacao_no_03.2026_-_bortolini_-_majoracao_do_incentivo_cascalho.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1467/indicacao_no_04.2026_-_projeto_asfaltico_-_cristian.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1478/indicacao_no_05.2026_-_projeto_anatel.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1473/projeto_de_emenda_modificativa_no_01.2026_-_educador_fisico_ao_porjeto_de_lei_no_07.2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1468/projeto_de_emensa_supressiva_n_01.2026__-_conselho_turismo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1466/projeto_de_emenda_substitutiva_ao_projeto_de_lei_no_03.2026_-_pl_taxi_1.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1447/veto.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.tunapolis.sc.leg.br/media/sapl/public/materialegislativa/2026/1474/projeto_de_emenda_a_resolucao_no_01.2026_-_modifica_ri.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="22.7109375" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="236.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="55.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="161.28515625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -697,130 +949,670 @@
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
         <v>18</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>32</v>
       </c>
       <c r="H6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D7" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
+        <v>18</v>
+      </c>
+      <c r="F7" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="F7" t="s">
+      <c r="H7" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E8" t="s">
+        <v>18</v>
+      </c>
+      <c r="F8" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B8" t="s">
-[...5 lines deleted...]
-      <c r="D8" t="s">
+      <c r="H8" t="s">
         <v>41</v>
-      </c>
-[...10 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E9" t="s">
+        <v>18</v>
+      </c>
+      <c r="F9" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
         <v>46</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" t="s">
+        <v>17</v>
+      </c>
+      <c r="E10" t="s">
+        <v>18</v>
+      </c>
+      <c r="F10" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="H10" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
         <v>10</v>
       </c>
-      <c r="D9" t="s">
-[...11 lines deleted...]
-      <c r="H9" t="s">
+      <c r="D11" t="s">
         <v>51</v>
+      </c>
+      <c r="E11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F11" t="s">
+        <v>53</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>22</v>
+      </c>
+      <c r="D12" t="s">
+        <v>51</v>
+      </c>
+      <c r="E12" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" t="s">
+        <v>57</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="H12" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" t="s">
+        <v>51</v>
+      </c>
+      <c r="E13" t="s">
+        <v>52</v>
+      </c>
+      <c r="F13" t="s">
+        <v>61</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H13" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>31</v>
+      </c>
+      <c r="D14" t="s">
+        <v>51</v>
+      </c>
+      <c r="E14" t="s">
+        <v>52</v>
+      </c>
+      <c r="F14" t="s">
+        <v>65</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="H14" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>68</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" t="s">
+        <v>69</v>
+      </c>
+      <c r="E15" t="s">
+        <v>70</v>
+      </c>
+      <c r="F15" t="s">
+        <v>61</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>22</v>
+      </c>
+      <c r="D16" t="s">
+        <v>69</v>
+      </c>
+      <c r="E16" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16" t="s">
+        <v>74</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H16" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>27</v>
+      </c>
+      <c r="D17" t="s">
+        <v>69</v>
+      </c>
+      <c r="E17" t="s">
+        <v>70</v>
+      </c>
+      <c r="F17" t="s">
+        <v>78</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H17" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>81</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>31</v>
+      </c>
+      <c r="D18" t="s">
+        <v>69</v>
+      </c>
+      <c r="E18" t="s">
+        <v>70</v>
+      </c>
+      <c r="F18" t="s">
+        <v>82</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>85</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>35</v>
+      </c>
+      <c r="D19" t="s">
+        <v>69</v>
+      </c>
+      <c r="E19" t="s">
+        <v>70</v>
+      </c>
+      <c r="F19" t="s">
+        <v>86</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="H19" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>89</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" t="s">
+        <v>90</v>
+      </c>
+      <c r="E20" t="s">
+        <v>91</v>
+      </c>
+      <c r="F20" t="s">
+        <v>92</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="H20" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>95</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>22</v>
+      </c>
+      <c r="D21" t="s">
+        <v>90</v>
+      </c>
+      <c r="E21" t="s">
+        <v>91</v>
+      </c>
+      <c r="F21" t="s">
+        <v>96</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="H21" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>99</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>27</v>
+      </c>
+      <c r="D22" t="s">
+        <v>90</v>
+      </c>
+      <c r="E22" t="s">
+        <v>91</v>
+      </c>
+      <c r="F22" t="s">
+        <v>65</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H22" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>102</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>31</v>
+      </c>
+      <c r="D23" t="s">
+        <v>90</v>
+      </c>
+      <c r="E23" t="s">
+        <v>91</v>
+      </c>
+      <c r="F23" t="s">
+        <v>103</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H23" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>106</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>35</v>
+      </c>
+      <c r="D24" t="s">
+        <v>90</v>
+      </c>
+      <c r="E24" t="s">
+        <v>91</v>
+      </c>
+      <c r="F24" t="s">
+        <v>61</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H24" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>109</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" t="s">
+        <v>110</v>
+      </c>
+      <c r="E25" t="s">
+        <v>111</v>
+      </c>
+      <c r="F25" t="s">
+        <v>61</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H25" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>114</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>10</v>
+      </c>
+      <c r="D26" t="s">
+        <v>115</v>
+      </c>
+      <c r="E26" t="s">
+        <v>116</v>
+      </c>
+      <c r="F26" t="s">
+        <v>86</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="H26" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>119</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>10</v>
+      </c>
+      <c r="D27" t="s">
+        <v>120</v>
+      </c>
+      <c r="E27" t="s">
+        <v>121</v>
+      </c>
+      <c r="F27" t="s">
+        <v>122</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H27" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>125</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>10</v>
+      </c>
+      <c r="D28" t="s">
+        <v>126</v>
+      </c>
+      <c r="E28" t="s">
+        <v>127</v>
+      </c>
+      <c r="F28" t="s">
+        <v>128</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H28" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>131</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" t="s">
+        <v>132</v>
+      </c>
+      <c r="E29" t="s">
+        <v>133</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="H29" t="s">
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>