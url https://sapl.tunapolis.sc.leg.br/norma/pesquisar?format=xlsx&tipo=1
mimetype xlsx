--- v0 (2025-10-26)
+++ v1 (2026-02-05)
@@ -10,88 +10,223 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2016" uniqueCount="792">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2100" uniqueCount="822">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>POR</t>
+  </si>
+  <si>
+    <t>Portaria</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Assume o Vereador Suplente Aloísio José Lehmen e dá outras providências.</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2026/471/projeto_de_lei_no_03.2026_-_servicos_de_taxi.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE FÉRIAS PARA SERVIDORA DA CÂMARA MUNICIPAL DE VEREADORES DE TUNÁPOLIS, ESTADO DE SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2026/470/portaria_no_02.2026_-_licenca__renato.pdf</t>
+  </si>
+  <si>
+    <t>Concede licença para tratar de interesses particulares ao Vereador Renato Gluitz e dá outras providências.</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2026/469/portaria_no_01.2026_-_ferias_monalisa-.pdf</t>
+  </si>
+  <si>
+    <t>460</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/460/portaria_no_29.2025_-_ferias_madalena-.pdf</t>
+  </si>
+  <si>
+    <t>459</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/459/portaria_no_28.2025_-_ferias_monalisa-.pdf</t>
+  </si>
+  <si>
+    <t>458</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/458/portaria_no_27.2025_-ferias_cris.pdf</t>
+  </si>
+  <si>
+    <t>452</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/452/portaria_no_26.2025_-ratifica_portaria_no_24.2025.pdf</t>
+  </si>
+  <si>
+    <t>Ratifica portaria nº 24 de 21 de outubro de 2025 que “Autoriza a participação de representantes no Congresso estadual de vereadores e servidores de câmaras municipais, promovido pela UVESC (União dos Vereadores de Santa Catarina) a realizar-se nos dias 11, 12, 13 e 14 de novembro do corrente ano na cidade de Florianópolis – SC.</t>
+  </si>
+  <si>
+    <t>451</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/451/portaria_no_25.2025_-_adianta_sessao.pdf</t>
+  </si>
+  <si>
+    <t>Adia data da próxima Sessão Ordinária do mês de Novembro de 2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>449</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/449/portaria_no_23.2025_-_adianta_sessao.pdf</t>
+  </si>
+  <si>
+    <t>Adianta a data da próxima Sessão Ordinária do mês de Outubro de 2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/450/portaria_no_24.2025_-_autoriza_participacao_encontro_estadual.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a participação de representantes no Congresso estadual de vereadores e servidores de câmaras municipais, promovido pela UVESC (União dos Vereadores de Santa Catarina) a realizar-se nos dias 11, 12, 13 e 14 de novembro do corrente ano na cidade de Florianópolis – SC.</t>
+  </si>
+  <si>
+    <t>448</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/448/portaria_no_22.2025_-_adianta_sessao.pdf</t>
+  </si>
+  <si>
+    <t>Adianta a data da próxima Sessão Ordinária do mês de Setembro de 2025 e dá outras providências.</t>
+  </si>
+  <si>
     <t>440</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>21</t>
   </si>
   <si>
-    <t>POR</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/440/portaria_no_21.2025_-_autoriza_participacao_brasilia.pdf</t>
   </si>
   <si>
     <t>Autoriza a viagem de vereador para Brasília nos dias 03, 04, 05 e 06 de novembro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/439/portaria_no_20.2025_-_autoriza_participacao_jovens_vereadores.pdf</t>
   </si>
   <si>
     <t>Autoriza a participação de servidora na Vigem a Florianopolis com o objetivo de acompanhar os integrantes do Programa Jovem Vereador entre os dias 29 e 30 de setembro e 01 e 02 de outubro do corrente ano, e dá outras providências.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/438/portaria_no_19.2025_-_autoriza_o_adintamento_de_diarias.pdf</t>
@@ -105,80 +240,74 @@
   <si>
     <t>18</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/435/portaria_no_18.2025_-_adianta_sessao.pdf</t>
   </si>
   <si>
     <t>Adianta a data da próxima Sessão Ordinária do mês de Agosto de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/434/portaria_no_17.2025_-_autoriza_o_adintamento_de_diarias.pdf</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.tunapolis.sc.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>Autoriza a participação de vereadora no 3º Encontro de Lideranças Municipalistas de Santa Catarina em Brasília nos dias 01, 02 e 03 de setembro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/429/portaria_no_15.2025_-_adianta_sessao.pdf</t>
   </si>
   <si>
     <t>Adianta a data da 2ª Sessão Ordinária do mês de Agosto de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/423/portaria_no_14.2025_-_ferias_monalisa-.pdf</t>
   </si>
   <si>
-    <t>CONCEDE FÉRIAS PARA SERVIDORA DA CÂMARA MUNICIPAL DE VEREADORES DE TUNÁPOLIS, ESTADO DE SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
-[...1 lines deleted...]
-  <si>
     <t>422</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/422/portaria_no_13.2025_-_autoriza_participacao_encontro_estadual.pdf</t>
   </si>
   <si>
     <t>Autoriza a participação de representantes no seminário Estadual de Vereadores e servidores de câmaras municipais, promovido pela UVESC e dá outras providências.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/421/portaria_no_12.2025_-_autoriza_participacao_encontro_estadual.pdf</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>11</t>
@@ -240,161 +369,128 @@
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/407/portaria_no_06.2025_-_licenca_liane.pdf</t>
   </si>
   <si>
     <t>Concede licença para tratar de interesses particulares a Vereadora Liane Jacinta Finger Heck e dá outras providências.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/406/portaria_no_05.2025_-_anuenio_madalena.pdf</t>
   </si>
   <si>
     <t>CONCEDER, conforme legislação, a MADALENA HOFER BAUMGRATZ, servidora efetiva no cargo efetivo de AUXILIAR DE SERVIÇOS GERAIS, progressão por tempo de serviço, denominado anuênio, conforme Art. 10, §5º da Lei 1.188/2014, respectivo ao período aquisitivo de 01/02/2024 a 01/02/2025.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/405/portaria_no_04.2025_-_autoriza_participacao_jovens_vereadores.pdf</t>
   </si>
   <si>
     <t>Autoriza a participação de servidora no Seminário de iniciação e Capacitação do Vereador Mirim no dia 31 de março do corrente ano, na cidade de Guarujá do Sul/SC, e dá outras providências.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/404/portaria_no_03.2025_-_autoriza_o_adintamento_de_diarias.pdf</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/388/portaria_no_02.2025_-_autoriza_compensar_horas.pdf</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>1</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/387/portaria_no_01.2025_-_autoriza_teletrabalho.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DE TELETRABALHO (HOME OFFICE) A SERVIDORA DA CÂMARA MUNICIPAL DE VEREADORES DE TUNÁPOLIS/SC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>28</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/373/portaria_no_28.2024_-_ferias_monalisa-.pdf</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>27</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/372/portaria_no_27.2024_-_autoriza_o_adintamento_de_diarias.pdf</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>26</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/371/portaria_no_26.2024_-_autoriza_participacao_jovens_vereadores.pdf</t>
   </si>
   <si>
     <t>Autoriza a participação de servidora no Encontro Estadual do Vereador Mirim que acontecerá em Florianópolis no dia 06 de Novembro do corrente ano, e dá outras providências.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>25</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/370/portaria_no_25.2024_-_suplente_anelise.pdf</t>
   </si>
   <si>
     <t>Assume a Vereadora Suplente Anelise Klein e dá outras providências.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>24</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/369/portaria_no_24.2024_-_licenca_gustavo.pdf</t>
   </si>
   <si>
     <t>Concede licença para tratar de interesses particulares ao Vereador Gustavo Lawisch e dá outras providências.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>23</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/367/portaria_no_23.2024_-_autoriza_teletrabalho.pdf</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>22</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/366/portaria_no_22.2024_-_autoriza_o_adintamento_de_diarias.pdf</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/365/portaria_no_21.2024_-_exoneracao_da_carine.pdf</t>
   </si>
   <si>
     <t>EXONERAR, a servidora CARINE REGINA HANAUER, a partir do dia 31 de agosto de 2024, do Cargo Comissionado: Assessor Jurídico – Classificação CPC-02, do Quadro de Pessoal do Poder Legislativo, nomeada pela portaria nº 07/2024, concedendo-lhe o pagamento dos direitos assegurados pelo Estatuto dos Servidores Públicos Municipais.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/359/portaria_no_20.2024_-_autoriza_compensar_horas.pdf</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/358/portaria_no_19.2024_-_autoriza_participacao.pdf</t>
   </si>
   <si>
     <t>Autoriza a participação de servidores na 24ª edição do Ciclo de Estudos de Controle Público da Administração Municipal promovido pelo Tribunal de Contas de Santa Catarina e dá outras providências.</t>
@@ -519,62 +615,62 @@
   <si>
     <t>326</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/326/portaria_no_04.2024_-_autoriza_participacao.pdf</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/325/portaria_no_03.2024_-_autoriza_participacao_em_curso.pdf</t>
   </si>
   <si>
     <t>Autoriza a participação de servidora no curso presencial promovido pela IGAM na cidade de Florianópolis/SC.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/324/portaria_no_02.2024_-_bancadas.pdf</t>
   </si>
   <si>
     <t>DESIGNA OS LÍDERES DAS BANCADAS DA CÂMARA MUNICIPAL DE VEREADORES PARA O EXERCÍCIO DE 2024 (DOIS MIL E VINTE E QUATRO) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>323</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/323/portaria_no_01.2024_-_autoriza_teletrabalho.pdf</t>
+  </si>
+  <si>
     <t>318</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/318/portaria_no_01.2024_-_autoriza_teletrabalho.pdf</t>
   </si>
   <si>
-    <t>323</t>
-[...4 lines deleted...]
-  <si>
     <t>315</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/315/portaria_no_54.2023_-_ferias_cris-.pdf</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/314/portaria_no_53.2023_-_ferias_monalisa-.pdf</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>52</t>
@@ -762,105 +858,99 @@
   <si>
     <t>Assume o Vereador Suplente Elton Jair Eidt e dá outras providências.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/296/portaria_no_35.2023_-_suplente_inacio.pdf</t>
   </si>
   <si>
     <t>Assume o Vereador Suplente Inácio Thomas e dá outras providências.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/295/portaria_no_34.2023_-_licenca_renato.pdf</t>
   </si>
   <si>
-    <t>Concede licença para tratar de interesses particulares ao Vereador Renato Gluitz e dá outras providências.</t>
-[...1 lines deleted...]
-  <si>
     <t>294</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/294/portaria_no_33.2023_-_licenca_elisabeth.pdf</t>
   </si>
   <si>
     <t>Concede licença para tratar de interesses particulares a Vereadora Elisabeth Inês Heberle Scherer e dá outras providências.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/293/portaria_no_32.2023_-_autoriza_participacao_vereador_brasilia.pdf</t>
   </si>
   <si>
     <t>Autoriza Vereador a acompanhar o Prefeito Municipal Sr. Marino José Frey e o secretário da Administração Sr. Jackson Scherer em viagem a Brasília.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/292/portaria_no_31.2023_-_retifica_portaria_no_29.2023.pdf</t>
   </si>
   <si>
     <t>Retifica a portaria nº. 29/2023 que “Autoriza o adiantamento de despesas à Servidora e dá outras providências”.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/291/portaria_no_30.2023_-_autoriza_participacao_vereadores_audiencia_smo.pdf</t>
   </si>
   <si>
     <t>Autoriza a participação de representantes em audiência Pública que irá discutir a Situação dos Produtores de Leite do Estado, e dá outras providências.</t>
   </si>
   <si>
     <t>290</t>
-  </si>
-[...1 lines deleted...]
-    <t>29</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/290/portaria_no_29.2023_-_autoriza_o_adintamento_de_diarias_floripa.pdf</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/289/portaria_no_28.2023_-_autoriza_o_adintamento_de_diarias.pdf</t>
   </si>
   <si>
     <t>Autoriza o adiantamento de despesas à Servidora e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/288/portaria_no_27.2023_-_autoriza_participacao_jovens_vereadores.pdf</t>
   </si>
   <si>
     <t>Autoriza a participação de representantes no Encontro Regional do Vereador Mirim que acontecerá em Iraceminha no dia 08 de Agosto do corrente ano, na cidade de Iraceminha/SC, e dá outras providências.</t>
   </si>
   <si>
     <t>286</t>
@@ -2885,56 +2975,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/440/portaria_no_21.2025_-_autoriza_participacao_brasilia.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/439/portaria_no_20.2025_-_autoriza_participacao_jovens_vereadores.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/438/portaria_no_19.2025_-_autoriza_o_adintamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/435/portaria_no_18.2025_-_adianta_sessao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/434/portaria_no_17.2025_-_autoriza_o_adintamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/429/portaria_no_15.2025_-_adianta_sessao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/423/portaria_no_14.2025_-_ferias_monalisa-.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/422/portaria_no_13.2025_-_autoriza_participacao_encontro_estadual.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/421/portaria_no_12.2025_-_autoriza_participacao_encontro_estadual.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/419/portaria_no_11.2025_-_autoriza_participacao_jovens_vereadores.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/418/portaria_no_10.2025_-_autoriza_o_adintamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/410/portaria_no_09.2025_-_autoriza_participacao.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/409/portaria_no_08.2025_-_autoriza_compensar_horas.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/408/portaria_no_07.2025_-_suplente_volnei.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/407/portaria_no_06.2025_-_licenca_liane.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/406/portaria_no_05.2025_-_anuenio_madalena.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/405/portaria_no_04.2025_-_autoriza_participacao_jovens_vereadores.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/404/portaria_no_03.2025_-_autoriza_o_adintamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/388/portaria_no_02.2025_-_autoriza_compensar_horas.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/387/portaria_no_01.2025_-_autoriza_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/373/portaria_no_28.2024_-_ferias_monalisa-.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/372/portaria_no_27.2024_-_autoriza_o_adintamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/371/portaria_no_26.2024_-_autoriza_participacao_jovens_vereadores.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/370/portaria_no_25.2024_-_suplente_anelise.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/369/portaria_no_24.2024_-_licenca_gustavo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/367/portaria_no_23.2024_-_autoriza_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/366/portaria_no_22.2024_-_autoriza_o_adintamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/365/portaria_no_21.2024_-_exoneracao_da_carine.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/359/portaria_no_20.2024_-_autoriza_compensar_horas.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/358/portaria_no_19.2024_-_autoriza_participacao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/357/portaria_no_18.2024_-_autoriza_participacao.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/356/portaria_no_17.2024_-_autoriza_o_adintamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/355/portaria_no_16.2024_-_autoriza_participacao_jovens_vereadores.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/349/portaria_no_14.2024_-_agente_de_contratacoes.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/346/portaria_no_15.2024_-_autoriza_compensar_horas.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/340/portaria_no_13.2024_-_autoriza_participacao_em_curso_thais.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/339/portaria_no_12.2024_-_suplente_rogerio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/338/portaria_no_11.2024_-_licenca_volnei.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/337/portaria_no_10.2024_-_horarios_madalena.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/336/portaria_no_09.2024_-_autoriza_participacao_em_curso.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/335/portaria_no_08.2024_-_horarios_assessora.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/334/portaria_no_07.2024_-_nomeacao_carine.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/333/portaria_no_06.2024_-_licenca_cris.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/332/portaria_no_05.2024_-_autoriza_participacao_em_curso.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/326/portaria_no_04.2024_-_autoriza_participacao.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/325/portaria_no_03.2024_-_autoriza_participacao_em_curso.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/324/portaria_no_02.2024_-_bancadas.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/318/portaria_no_01.2024_-_autoriza_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/323/portaria_no_01.2024_-_autoriza_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/315/portaria_no_54.2023_-_ferias_cris-.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/314/portaria_no_53.2023_-_ferias_monalisa-.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/313/portaria_no_52.2023_-_ferias_madalena-.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/312/portaria_no_51.2023_-_retifica_portaria_no_49.2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/311/portaria_no_50.2023_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/310/portaria_no_49.2023_-_exoneracao_do_vicente.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/309/portaria_no_48.2023_-_ferias_thais-.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/308/portaria_no_47.2023_-_congresso.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/307/portaria_no_46.2023_-_plano_diretor_participacao.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/306/portaria_no_45.2023_-_retifica_portaria_no_42.2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/305/portaria_no_44.2023_-_suplente_maria.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/304/portaria_no_43.2023_-_autoriza_o_adintamento_de_diarias_floripa.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/303/portaria_no_42.2023_-_licenca_aloisio.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/302/portaria_no_41.2023_-_seminario.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/301/portaria_no_40.2023_-_licenca_premio_thais.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/300/portaria_no_39.2023_-_congresso.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/299/portaria_no_38.2023_-_autoriza_participacao_jovens_vereadores_floripa.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/298/portaria_no_37.2023_-_congresso.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/297/portaria_no_36.2023_-_suplente_elton.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/296/portaria_no_35.2023_-_suplente_inacio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/295/portaria_no_34.2023_-_licenca_renato.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/294/portaria_no_33.2023_-_licenca_elisabeth.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/293/portaria_no_32.2023_-_autoriza_participacao_vereador_brasilia.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/292/portaria_no_31.2023_-_retifica_portaria_no_29.2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/291/portaria_no_30.2023_-_autoriza_participacao_vereadores_audiencia_smo.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/290/portaria_no_29.2023_-_autoriza_o_adintamento_de_diarias_floripa.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/289/portaria_no_28.2023_-_autoriza_o_adintamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/288/portaria_no_27.2023_-_autoriza_participacao_jovens_vereadores.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/284/portaria_no_24.2023_-_licenca_arno.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/283/portaria_no_23.2023_-_licenca_volnei.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/282/portaria_no_22.2023_-_autoriza_compensar_horas_2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/281/portaria_no_21.2023_-_autoriza_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/280/portaria_no_20.2023_-_autoriza_ressarcimento_combustivel.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/279/portaria_no_19.2023_-_nomeacao.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/278/portaria_no_18.2023_-_comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/277/portaria_no_17.2023_-_licenca_thais.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/275/portaria_no_16.2023_-_autoriza_o_adintamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/274/portaria_no_15.2023_-_autoriza_participacao_jovens_vereadores.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/273/portaria_no_14.2023_-_autoriza_participacao.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/272/portaria_no_13.2023_-_concede_folga.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/271/portaria_no_12.2023_-_autoriza_participacao.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/270/portaria_no_11.2023_-_autoriza_participacao.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/268/portaria_no_10.2023_-_autoriza_ressarcimento_combustivel.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/267/portaria_no_09.2023_-_autoriza_participacao.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/266/portaria_no_08.2023_-_anuenio_madalena.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/265/portaria_no_07.2023_-_bancadas.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/263/portaria_no_06.2023_-_anuenio_thais_3.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/262/portaria_no_05.2023_-_anuenio_thais_2.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/261/portaria_no_04.2023_-_anuenio_thais_1.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/260/portaria_no_03.2023_-_progressao_madalena.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/259/portaria_no_02.2023_-_comissao_concurso.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/252/portaria_no_01.2023_-_comissao_concurso.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/257/portaria_no_34.2022_-_concede_folga.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/256/portaria_no_33.2022_-_ferias_madalena-.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/255/portaria_no_32.2022_-_retifica_portaria_no_28.2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/253/portaria_no_30.2022_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/250/portaria_no_29.2022_-_turno_unico_copa_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/246/portaria_no_27.2022_-_suplente_blasio.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/245/portaria_no_26.2022_-_autorizacao_participacao_de_curso_cris.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/244/portaria_no_24.2022_-_congresso.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/242/portaria_no_25.2022_-_revoga_portaria.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/243/portaria_no_23.2022_-_autorizacao_participacao_de_curso_thais.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/241/portaria_no_22.2022_-_licenca_fernando.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/240/portaria_no_21.2022_-_licenca_bortolini.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/239/portaria_no_20.2022_-_suplente_rojane.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/238/portaria_no_19.2022_-_concede_folga.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/236/portaria_no_17.2022_-_licenca_neide.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/235/portaria_no_16.2022_-_licenca_arno.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/234/portaria_no_15.2022_-_licenca_renato.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/233/portaria_no_14.2022_-_ferias_thais-.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/232/portaria_no_13.2022_-_licenca_bortolini.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/231/portaria_no_12.2022_-_licenca_aloisio.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/230/portaria_no_11.2022_-adia_sessao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/229/portaria_no_10.2022_-_licenca_volnei.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/228/portaria_no_09.2022_-_autorizacao_participacao_de_curso.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/227/portaria_no_08.2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/224/portaria_no_07.2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/222/portaria_no_06.2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/221/portaria_no_05.2022_-_comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/220/portaria_no_04.2022_-_horarios_assessora.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/219/portaria_no_02.2022_-_horarios_expediente.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/218/portaria_no_02.2022_-_horarios_expediente.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/217/portaria_no_01.2022_-_horarios_secretaria.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/214/portaria_no_43.2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/213/portaria_no_42.2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/212/portaria_no_41.2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/211/portaria_no_40.2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/210/portaria_no_39.2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/207/portaria_no_38.2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/206/portaria_no_37.2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/205/portaria_no_36.2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/204/portaria_no_35.2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/203/portaria_no_34.2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/202/portaria_no_33.2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/201/portaria_no_32.2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/200/portaria_no_31.2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/199/portaria_no_30.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/198/portaria_no_29.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/197/portaria_no_28.2021_-_autoriza_compensar_horas_2.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/195/portaria_no_27.2021_-_adia_sessao_-_7_setembro.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/193/portaria_no_25.2021_-_horarios_madalena_2.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/192/portaria_no_24.2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/191/portaria_23.2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/50/portaria_no_22.2021_-_ferias_thais-.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/21/portaria_no_21.2021-_licenca_elisabeth.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/20/portaria_no_20.2021_-_suspende_expediente.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/18/portaria_no_18.2021_-_licenca_volnei.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/17/portaria_no_17.2021_-_adia_sessao_-_mauro_bamberg_3.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/16/portaria_no_16.2021_-_covid.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/19/portaria_no_19.2021_-_licenca_gaucho.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/15/portaria_no_15.2021_-_autorizacao_de_viagem_1.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/4/portaria_no_04.2021-_exoneracao_solange_-.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/14/portaria_no_14.2021_-_horarios_assessora.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/13/portaria_no_13.2021_-_horarios_secretaria.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/12/portaria_no_12.2021_-_horarios_secretaria.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/11/portaria_no_11.2021_-_horarios_secretaria.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/10/portaria_no_10.2021_-_retificacao_-_portaria_comissao_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/9/portaria_no_09.2021_-_responsavel_pelo_setor_de_compras.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/8/portaria_no_08.2021_-_comissao_permanente_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/7/portaria_no_07.2021_-_horarios_secretaria.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/6/portaria_no_06.2021_-_horarios_da_assessora.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/5/portaria_no_05.2021-_nomeacao_monalisa_-.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/3/portaria_no_03.2021_-_crisleine.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/2/portaria_no_02.2021-_exoneracao_luciane_-.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/1/portaria_no_01.2021_-_ferias_madalena-.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/66/portaria-no-16.2020-ferias-thais.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/63/portaria-no-13.2020-autoriza-ressarcimento-combustivel.docx.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/65/portaria-no-15.2020-antecipa-sessao.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/64/portaria-no-14.2020-comissao-pregao.docx.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/62/portaria-no-12.2020-autoriza-participacao-em-encontro-estadual.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/61/portaria-no-11.2020-horario-de-expediente-assessora.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/60/portaria-no-10.2020-horario-expediente-camara.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/59/portaria-no-09.2020-horario-expediente-secretaria.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/58/portaria-no-08.2020-responsavel-setor-de-compras-1.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/57/portaria-no-07.2020-comissao-licitacao-1.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/56/portaria-no-06.2020-ferias-luciane..pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/55/portaria-no-05.2020-progressao-thais.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/54/portaria-no-04.2020-nomeacao-secretaria-1.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/53/portaria-no-03.2020-exoneracao-liane.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/52/portaria-no-02.2020-comp-horas-luciane.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/51/portaria-no-01.2020-ferias-madalena_1.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/118/portaria-no-39.2019-compens.-horas-liane.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/117/portaria-no-38.2019-autoriza-comp.-horas.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/116/portaria-no-37.2019-autor.-comp.-horas-luciane.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/115/portaria-no-36.2019-comissoes-permanentes.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/114/portaria-no-35.2019-confere-premio.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/113/portaria-no-34.2019-autor.-res.-comb.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/112/portaria-no-33.2019-autorisa-part.em-congresso.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/111/portaria-no-32.2019-aut.-comp.-horas.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/110/portaria-no-31.2019.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/109/portaria-no-30.2019-ferias-luciane.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/108/portaria-no-29.2019-aut.-ressarc.-comb.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/107/portaria-no-28.2019-autor.-part.-curso-thais.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/106/portaria-no-27.2019-aut.-comp.-horas.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/105/portaria-no-26.2019-prorroga-horario-sessao.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/104/portaria-no-25.2019-autoriza-ressarc..pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/103/portaria-no-24.2019-autoriza-part.-marlei-smo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/102/portaria-no-23.2019-autoriza-part.-em-seminario.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/101/portaria-no-22.2019-fixa-horario-thais.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/100/portaria-no-21.2019-fixa-o-horario-de-expediente-da-camara.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/99/portaria-no-20.2019-fixa-horario-madalena.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/98/portaria-no-19.2019-fixa-horario-liane..pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/97/portaria_no_18.2019_-_ferias_liane.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/96/portaria_no_17.2019_-_compensacao_de_horas_luciane.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/95/portaria-no-16.2019-cai-comissao-de-avaliacao-da-informacao.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/94/portaria-no-15.2019-autoriza-comp.-horas-luciane.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/93/portaria-no-14.2019-aut.-comp.-horas.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/92/portaria-no-13.2019-aut.-comp.-horas.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/91/portaria-no12.2019-autoriza-ressarc.-comb..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/90/portaria-no-11.2019-autoriza-comp.-horas.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/89/portaria-no-10.2019-autoriza-part.-encontro.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/88/portaria-no-09.2019-equipe-para-pregao.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/87/portaria-no-08.2019-autoriza-viagem.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/86/portaria-no-07.2019-comissao-permanente.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/85/portaria-no-06.2019-ferias-thais.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/84/portaria-no-05.2019-ferias-luciane.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/83/portaria-no-04.2019-ferias-liane.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/82/portaria-no-03.2019-comissoes-e-lideres.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/81/portaria-no-02.2019-ferias-madalena.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/80/portaria-no-01.-2019-autoriza-compensar-horas.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/154/portaria-no-36-2018-autorisa-compensar-horas.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/153/portaria-no-35.2018-conversao-de-ferias.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/152/portaria-no-34.2018-conversao-de-ferias.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/151/portaria-no-33.2018-confere-premio-part.-cidada.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/150/portaria-no-32.2018-autoriza-pag.-ressarc.-de-combustivel.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/149/portaria-no-31.2018-autoriza-part.-curso.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/148/portaria-no-30-2018-concede-licenca-tratamento-de-saude.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/147/portaria-no-29.2018-autoriza-part-em-curso-thais.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/146/portaria-no-28-2018-autoriza-compensacao-de-horas.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/145/portaria-no-27.2018-conversao-de-ferias.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/144/portaria-no-26.2018-autoriza-compensar-horas.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/142/portaria-no-24.2018-ressarcimento-de-combustivel.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/141/portaria-no-23.2018-autoriza-participacao-em-seminario.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/140/portaria-no-22.2018-autoriza-compensar-horas.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/139/portaria-no-21.2018-sessao-solene-obmep.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/143/portaria-no-25.2018-autoriza-compensar-horas.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/138/portaria-no-20.2018-autoriza-compensacao-de-horas.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/137/portaria-no-19.2018-autoirza-participacao-em-evento-marlei.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/136/portaria-no-18.2018-autoriza-participacao-em-oficina.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/135/portaria-no-17.2018-ressarcimento-de-combustivel.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/134/portaria-no-16.2018-autoriza-participacao-em-marcha.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/133/portaria-no-15.2018-responsavel-setor-de-compras.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/132/portaria-no-14.2018-homologa-licenca.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/131/portaria-no-13.2018-ratifica-decisao-de-comissao.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/130/portaria-no-12.2018-comissao-permanente-de-licitacoes.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/129/portaria-no-11.2018-autoriza-participacao-em-encontro.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/128/portaria-no-10.2018-equipe-de-pregao.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/127/portaria-no-09.2018-homologa-licenca-arno.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/126/portaria-no-08.2018-designa-lideres-das-bancadas.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/125/portaria-no-7-18-ferias-thais.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/124/portaria-no-06.2018-designa-cai.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/123/portaria-no-05.2018-designa-os-membros-das-comissoes.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/122/portaria-no-04.2018-comissao-de-compras.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/121/portaria-no-03.2018-ferias-liane.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/120/portaria-no-02.2018-ferias-luciane.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/119/portaria-no-01.2018-ferias-madalena.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/169/portaria-no-15.2017-confere-premio-participacao-cidada.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/168/portaria-no-014.2017.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/167/portaria-no-13.2017.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/166/portaria-no-12.2017.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/165/portaria-no-011-2017.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/164/portaria-no-010.2017.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/163/portaria-no-09.2017.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/162/portaria-no-08.2017.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/161/portaria-no-07.2017-nomeacao-contadora.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/160/portaria-no-006.2017.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/159/portaria-no-05.2017.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/158/portaria-no-04.2017.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/157/portaria-no-03.2017.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/156/portaria-no-02.2017.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/155/portaria-no-01.2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2026/471/projeto_de_lei_no_03.2026_-_servicos_de_taxi.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2026/470/portaria_no_02.2026_-_licenca__renato.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2026/469/portaria_no_01.2026_-_ferias_monalisa-.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/460/portaria_no_29.2025_-_ferias_madalena-.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/459/portaria_no_28.2025_-_ferias_monalisa-.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/458/portaria_no_27.2025_-ferias_cris.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/452/portaria_no_26.2025_-ratifica_portaria_no_24.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/451/portaria_no_25.2025_-_adianta_sessao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/449/portaria_no_23.2025_-_adianta_sessao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/450/portaria_no_24.2025_-_autoriza_participacao_encontro_estadual.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/448/portaria_no_22.2025_-_adianta_sessao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/440/portaria_no_21.2025_-_autoriza_participacao_brasilia.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/439/portaria_no_20.2025_-_autoriza_participacao_jovens_vereadores.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/438/portaria_no_19.2025_-_autoriza_o_adintamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/435/portaria_no_18.2025_-_adianta_sessao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/434/portaria_no_17.2025_-_autoriza_o_adintamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/429/portaria_no_15.2025_-_adianta_sessao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/423/portaria_no_14.2025_-_ferias_monalisa-.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/422/portaria_no_13.2025_-_autoriza_participacao_encontro_estadual.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/421/portaria_no_12.2025_-_autoriza_participacao_encontro_estadual.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/419/portaria_no_11.2025_-_autoriza_participacao_jovens_vereadores.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/418/portaria_no_10.2025_-_autoriza_o_adintamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/410/portaria_no_09.2025_-_autoriza_participacao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/409/portaria_no_08.2025_-_autoriza_compensar_horas.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/408/portaria_no_07.2025_-_suplente_volnei.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/407/portaria_no_06.2025_-_licenca_liane.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/406/portaria_no_05.2025_-_anuenio_madalena.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/405/portaria_no_04.2025_-_autoriza_participacao_jovens_vereadores.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/404/portaria_no_03.2025_-_autoriza_o_adintamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/388/portaria_no_02.2025_-_autoriza_compensar_horas.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/387/portaria_no_01.2025_-_autoriza_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/373/portaria_no_28.2024_-_ferias_monalisa-.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/372/portaria_no_27.2024_-_autoriza_o_adintamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/371/portaria_no_26.2024_-_autoriza_participacao_jovens_vereadores.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/370/portaria_no_25.2024_-_suplente_anelise.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/369/portaria_no_24.2024_-_licenca_gustavo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/367/portaria_no_23.2024_-_autoriza_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/366/portaria_no_22.2024_-_autoriza_o_adintamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/365/portaria_no_21.2024_-_exoneracao_da_carine.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/359/portaria_no_20.2024_-_autoriza_compensar_horas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/358/portaria_no_19.2024_-_autoriza_participacao.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/357/portaria_no_18.2024_-_autoriza_participacao.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/356/portaria_no_17.2024_-_autoriza_o_adintamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/355/portaria_no_16.2024_-_autoriza_participacao_jovens_vereadores.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/349/portaria_no_14.2024_-_agente_de_contratacoes.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/346/portaria_no_15.2024_-_autoriza_compensar_horas.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/340/portaria_no_13.2024_-_autoriza_participacao_em_curso_thais.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/339/portaria_no_12.2024_-_suplente_rogerio.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/338/portaria_no_11.2024_-_licenca_volnei.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/337/portaria_no_10.2024_-_horarios_madalena.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/336/portaria_no_09.2024_-_autoriza_participacao_em_curso.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/335/portaria_no_08.2024_-_horarios_assessora.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/334/portaria_no_07.2024_-_nomeacao_carine.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/333/portaria_no_06.2024_-_licenca_cris.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/332/portaria_no_05.2024_-_autoriza_participacao_em_curso.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/326/portaria_no_04.2024_-_autoriza_participacao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/325/portaria_no_03.2024_-_autoriza_participacao_em_curso.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/324/portaria_no_02.2024_-_bancadas.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/323/portaria_no_01.2024_-_autoriza_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/318/portaria_no_01.2024_-_autoriza_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/315/portaria_no_54.2023_-_ferias_cris-.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/314/portaria_no_53.2023_-_ferias_monalisa-.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/313/portaria_no_52.2023_-_ferias_madalena-.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/312/portaria_no_51.2023_-_retifica_portaria_no_49.2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/311/portaria_no_50.2023_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/310/portaria_no_49.2023_-_exoneracao_do_vicente.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/309/portaria_no_48.2023_-_ferias_thais-.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/308/portaria_no_47.2023_-_congresso.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/307/portaria_no_46.2023_-_plano_diretor_participacao.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/306/portaria_no_45.2023_-_retifica_portaria_no_42.2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/305/portaria_no_44.2023_-_suplente_maria.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/304/portaria_no_43.2023_-_autoriza_o_adintamento_de_diarias_floripa.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/303/portaria_no_42.2023_-_licenca_aloisio.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/302/portaria_no_41.2023_-_seminario.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/301/portaria_no_40.2023_-_licenca_premio_thais.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/300/portaria_no_39.2023_-_congresso.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/299/portaria_no_38.2023_-_autoriza_participacao_jovens_vereadores_floripa.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/298/portaria_no_37.2023_-_congresso.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/297/portaria_no_36.2023_-_suplente_elton.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/296/portaria_no_35.2023_-_suplente_inacio.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/295/portaria_no_34.2023_-_licenca_renato.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/294/portaria_no_33.2023_-_licenca_elisabeth.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/293/portaria_no_32.2023_-_autoriza_participacao_vereador_brasilia.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/292/portaria_no_31.2023_-_retifica_portaria_no_29.2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/291/portaria_no_30.2023_-_autoriza_participacao_vereadores_audiencia_smo.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/290/portaria_no_29.2023_-_autoriza_o_adintamento_de_diarias_floripa.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/289/portaria_no_28.2023_-_autoriza_o_adintamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/288/portaria_no_27.2023_-_autoriza_participacao_jovens_vereadores.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/284/portaria_no_24.2023_-_licenca_arno.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/283/portaria_no_23.2023_-_licenca_volnei.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/282/portaria_no_22.2023_-_autoriza_compensar_horas_2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/281/portaria_no_21.2023_-_autoriza_teletrabalho.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/280/portaria_no_20.2023_-_autoriza_ressarcimento_combustivel.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/279/portaria_no_19.2023_-_nomeacao.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/278/portaria_no_18.2023_-_comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/277/portaria_no_17.2023_-_licenca_thais.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/275/portaria_no_16.2023_-_autoriza_o_adintamento_de_diarias.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/274/portaria_no_15.2023_-_autoriza_participacao_jovens_vereadores.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/273/portaria_no_14.2023_-_autoriza_participacao.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/272/portaria_no_13.2023_-_concede_folga.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/271/portaria_no_12.2023_-_autoriza_participacao.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/270/portaria_no_11.2023_-_autoriza_participacao.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/268/portaria_no_10.2023_-_autoriza_ressarcimento_combustivel.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/267/portaria_no_09.2023_-_autoriza_participacao.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/266/portaria_no_08.2023_-_anuenio_madalena.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/265/portaria_no_07.2023_-_bancadas.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/263/portaria_no_06.2023_-_anuenio_thais_3.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/262/portaria_no_05.2023_-_anuenio_thais_2.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/261/portaria_no_04.2023_-_anuenio_thais_1.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/260/portaria_no_03.2023_-_progressao_madalena.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/259/portaria_no_02.2023_-_comissao_concurso.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/252/portaria_no_01.2023_-_comissao_concurso.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/257/portaria_no_34.2022_-_concede_folga.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/256/portaria_no_33.2022_-_ferias_madalena-.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/255/portaria_no_32.2022_-_retifica_portaria_no_28.2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/253/portaria_no_30.2022_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/250/portaria_no_29.2022_-_turno_unico_copa_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/246/portaria_no_27.2022_-_suplente_blasio.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/245/portaria_no_26.2022_-_autorizacao_participacao_de_curso_cris.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/244/portaria_no_24.2022_-_congresso.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/242/portaria_no_25.2022_-_revoga_portaria.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/243/portaria_no_23.2022_-_autorizacao_participacao_de_curso_thais.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/241/portaria_no_22.2022_-_licenca_fernando.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/240/portaria_no_21.2022_-_licenca_bortolini.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/239/portaria_no_20.2022_-_suplente_rojane.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/238/portaria_no_19.2022_-_concede_folga.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/236/portaria_no_17.2022_-_licenca_neide.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/235/portaria_no_16.2022_-_licenca_arno.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/234/portaria_no_15.2022_-_licenca_renato.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/233/portaria_no_14.2022_-_ferias_thais-.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/232/portaria_no_13.2022_-_licenca_bortolini.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/231/portaria_no_12.2022_-_licenca_aloisio.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/230/portaria_no_11.2022_-adia_sessao.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/229/portaria_no_10.2022_-_licenca_volnei.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/228/portaria_no_09.2022_-_autorizacao_participacao_de_curso.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/227/portaria_no_08.2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/224/portaria_no_07.2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/222/portaria_no_06.2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/221/portaria_no_05.2022_-_comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/220/portaria_no_04.2022_-_horarios_assessora.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/219/portaria_no_02.2022_-_horarios_expediente.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/218/portaria_no_02.2022_-_horarios_expediente.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/217/portaria_no_01.2022_-_horarios_secretaria.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/214/portaria_no_43.2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/213/portaria_no_42.2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/212/portaria_no_41.2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/211/portaria_no_40.2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/210/portaria_no_39.2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/207/portaria_no_38.2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/206/portaria_no_37.2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/205/portaria_no_36.2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/204/portaria_no_35.2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/203/portaria_no_34.2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/202/portaria_no_33.2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/201/portaria_no_32.2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/200/portaria_no_31.2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/199/portaria_no_30.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/198/portaria_no_29.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/197/portaria_no_28.2021_-_autoriza_compensar_horas_2.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/195/portaria_no_27.2021_-_adia_sessao_-_7_setembro.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/193/portaria_no_25.2021_-_horarios_madalena_2.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/192/portaria_no_24.2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/191/portaria_23.2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/50/portaria_no_22.2021_-_ferias_thais-.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/21/portaria_no_21.2021-_licenca_elisabeth.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/20/portaria_no_20.2021_-_suspende_expediente.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/18/portaria_no_18.2021_-_licenca_volnei.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/17/portaria_no_17.2021_-_adia_sessao_-_mauro_bamberg_3.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/16/portaria_no_16.2021_-_covid.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/19/portaria_no_19.2021_-_licenca_gaucho.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/15/portaria_no_15.2021_-_autorizacao_de_viagem_1.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/4/portaria_no_04.2021-_exoneracao_solange_-.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/14/portaria_no_14.2021_-_horarios_assessora.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/13/portaria_no_13.2021_-_horarios_secretaria.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/12/portaria_no_12.2021_-_horarios_secretaria.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/11/portaria_no_11.2021_-_horarios_secretaria.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/10/portaria_no_10.2021_-_retificacao_-_portaria_comissao_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/9/portaria_no_09.2021_-_responsavel_pelo_setor_de_compras.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/8/portaria_no_08.2021_-_comissao_permanente_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/7/portaria_no_07.2021_-_horarios_secretaria.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/6/portaria_no_06.2021_-_horarios_da_assessora.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/5/portaria_no_05.2021-_nomeacao_monalisa_-.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/3/portaria_no_03.2021_-_crisleine.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/2/portaria_no_02.2021-_exoneracao_luciane_-.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/1/portaria_no_01.2021_-_ferias_madalena-.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/66/portaria-no-16.2020-ferias-thais.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/63/portaria-no-13.2020-autoriza-ressarcimento-combustivel.docx.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/65/portaria-no-15.2020-antecipa-sessao.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/64/portaria-no-14.2020-comissao-pregao.docx.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/62/portaria-no-12.2020-autoriza-participacao-em-encontro-estadual.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/61/portaria-no-11.2020-horario-de-expediente-assessora.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/60/portaria-no-10.2020-horario-expediente-camara.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/59/portaria-no-09.2020-horario-expediente-secretaria.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/58/portaria-no-08.2020-responsavel-setor-de-compras-1.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/57/portaria-no-07.2020-comissao-licitacao-1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/56/portaria-no-06.2020-ferias-luciane..pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/55/portaria-no-05.2020-progressao-thais.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/54/portaria-no-04.2020-nomeacao-secretaria-1.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/53/portaria-no-03.2020-exoneracao-liane.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/52/portaria-no-02.2020-comp-horas-luciane.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/51/portaria-no-01.2020-ferias-madalena_1.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/118/portaria-no-39.2019-compens.-horas-liane.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/117/portaria-no-38.2019-autoriza-comp.-horas.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/116/portaria-no-37.2019-autor.-comp.-horas-luciane.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/115/portaria-no-36.2019-comissoes-permanentes.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/114/portaria-no-35.2019-confere-premio.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/113/portaria-no-34.2019-autor.-res.-comb.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/112/portaria-no-33.2019-autorisa-part.em-congresso.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/111/portaria-no-32.2019-aut.-comp.-horas.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/110/portaria-no-31.2019.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/109/portaria-no-30.2019-ferias-luciane.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/108/portaria-no-29.2019-aut.-ressarc.-comb.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/107/portaria-no-28.2019-autor.-part.-curso-thais.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/106/portaria-no-27.2019-aut.-comp.-horas.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/105/portaria-no-26.2019-prorroga-horario-sessao.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/104/portaria-no-25.2019-autoriza-ressarc..pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/103/portaria-no-24.2019-autoriza-part.-marlei-smo.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/102/portaria-no-23.2019-autoriza-part.-em-seminario.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/101/portaria-no-22.2019-fixa-horario-thais.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/100/portaria-no-21.2019-fixa-o-horario-de-expediente-da-camara.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/99/portaria-no-20.2019-fixa-horario-madalena.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/98/portaria-no-19.2019-fixa-horario-liane..pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/97/portaria_no_18.2019_-_ferias_liane.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/96/portaria_no_17.2019_-_compensacao_de_horas_luciane.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/95/portaria-no-16.2019-cai-comissao-de-avaliacao-da-informacao.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/94/portaria-no-15.2019-autoriza-comp.-horas-luciane.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/93/portaria-no-14.2019-aut.-comp.-horas.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/92/portaria-no-13.2019-aut.-comp.-horas.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/91/portaria-no12.2019-autoriza-ressarc.-comb..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/90/portaria-no-11.2019-autoriza-comp.-horas.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/89/portaria-no-10.2019-autoriza-part.-encontro.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/88/portaria-no-09.2019-equipe-para-pregao.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/87/portaria-no-08.2019-autoriza-viagem.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/86/portaria-no-07.2019-comissao-permanente.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/85/portaria-no-06.2019-ferias-thais.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/84/portaria-no-05.2019-ferias-luciane.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/83/portaria-no-04.2019-ferias-liane.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/82/portaria-no-03.2019-comissoes-e-lideres.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/81/portaria-no-02.2019-ferias-madalena.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/80/portaria-no-01.-2019-autoriza-compensar-horas.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/154/portaria-no-36-2018-autorisa-compensar-horas.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/153/portaria-no-35.2018-conversao-de-ferias.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/152/portaria-no-34.2018-conversao-de-ferias.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/151/portaria-no-33.2018-confere-premio-part.-cidada.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/150/portaria-no-32.2018-autoriza-pag.-ressarc.-de-combustivel.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/149/portaria-no-31.2018-autoriza-part.-curso.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/148/portaria-no-30-2018-concede-licenca-tratamento-de-saude.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/147/portaria-no-29.2018-autoriza-part-em-curso-thais.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/146/portaria-no-28-2018-autoriza-compensacao-de-horas.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/145/portaria-no-27.2018-conversao-de-ferias.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/144/portaria-no-26.2018-autoriza-compensar-horas.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/142/portaria-no-24.2018-ressarcimento-de-combustivel.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/141/portaria-no-23.2018-autoriza-participacao-em-seminario.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/140/portaria-no-22.2018-autoriza-compensar-horas.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/139/portaria-no-21.2018-sessao-solene-obmep.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/143/portaria-no-25.2018-autoriza-compensar-horas.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/138/portaria-no-20.2018-autoriza-compensacao-de-horas.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/137/portaria-no-19.2018-autoirza-participacao-em-evento-marlei.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/136/portaria-no-18.2018-autoriza-participacao-em-oficina.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/135/portaria-no-17.2018-ressarcimento-de-combustivel.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/134/portaria-no-16.2018-autoriza-participacao-em-marcha.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/133/portaria-no-15.2018-responsavel-setor-de-compras.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/132/portaria-no-14.2018-homologa-licenca.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/131/portaria-no-13.2018-ratifica-decisao-de-comissao.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/130/portaria-no-12.2018-comissao-permanente-de-licitacoes.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/129/portaria-no-11.2018-autoriza-participacao-em-encontro.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/128/portaria-no-10.2018-equipe-de-pregao.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/127/portaria-no-09.2018-homologa-licenca-arno.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/126/portaria-no-08.2018-designa-lideres-das-bancadas.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/125/portaria-no-7-18-ferias-thais.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/124/portaria-no-06.2018-designa-cai.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/123/portaria-no-05.2018-designa-os-membros-das-comissoes.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/122/portaria-no-04.2018-comissao-de-compras.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/121/portaria-no-03.2018-ferias-liane.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/120/portaria-no-02.2018-ferias-luciane.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/119/portaria-no-01.2018-ferias-madalena.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/169/portaria-no-15.2017-confere-premio-participacao-cidada.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/168/portaria-no-014.2017.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/167/portaria-no-13.2017.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/166/portaria-no-12.2017.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/165/portaria-no-011-2017.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/164/portaria-no-010.2017.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/163/portaria-no-09.2017.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/162/portaria-no-08.2017.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/161/portaria-no-07.2017-nomeacao-contadora.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/160/portaria-no-006.2017.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/159/portaria-no-05.2017.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/158/portaria-no-04.2017.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/157/portaria-no-03.2017.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/156/portaria-no-02.2017.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/155/portaria-no-01.2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G288"/>
+  <dimension ref="A1:G300"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="136.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -3017,6560 +3107,6836 @@
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>27</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>29</v>
       </c>
       <c r="B7" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C7" t="s">
         <v>30</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
+        <v>32</v>
+      </c>
+      <c r="B8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8" t="s">
         <v>33</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="D8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G8" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9" t="s">
+        <v>36</v>
+      </c>
+      <c r="D9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="G9" t="s">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10" t="s">
+        <v>40</v>
+      </c>
+      <c r="D10" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" t="s">
+        <v>11</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="G10" t="s">
         <v>42</v>
-      </c>
-[...10 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" t="s">
+        <v>44</v>
+      </c>
+      <c r="D11" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="G11" t="s">
         <v>46</v>
-      </c>
-[...10 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" t="s">
+        <v>26</v>
+      </c>
+      <c r="C12" t="s">
         <v>48</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="D12" t="s">
-[...5 lines deleted...]
-      <c r="F12" s="1" t="s">
+      <c r="G12" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
+        <v>51</v>
+      </c>
+      <c r="B13" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13" t="s">
         <v>52</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="D13" t="s">
-[...5 lines deleted...]
-      <c r="F13" s="1" t="s">
+      <c r="G13" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>55</v>
       </c>
       <c r="B14" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C14" t="s">
         <v>56</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>57</v>
       </c>
       <c r="G14" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>59</v>
       </c>
       <c r="B15" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C15" t="s">
         <v>60</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>61</v>
       </c>
       <c r="G15" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>63</v>
       </c>
       <c r="B16" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C16" t="s">
         <v>64</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>65</v>
       </c>
       <c r="G16" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>67</v>
       </c>
       <c r="B17" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C17" t="s">
         <v>68</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>69</v>
       </c>
       <c r="G17" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>71</v>
       </c>
       <c r="B18" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C18" t="s">
         <v>72</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>73</v>
       </c>
       <c r="G18" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
+        <v>74</v>
+      </c>
+      <c r="B19" t="s">
+        <v>26</v>
+      </c>
+      <c r="C19" t="s">
         <v>75</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="C19" t="s">
+      <c r="D19" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
         <v>76</v>
-      </c>
-[...10 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
+        <v>77</v>
+      </c>
+      <c r="B20" t="s">
+        <v>26</v>
+      </c>
+      <c r="C20" t="s">
+        <v>78</v>
+      </c>
+      <c r="D20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="G20" t="s">
         <v>80</v>
-      </c>
-[...10 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
+        <v>81</v>
+      </c>
+      <c r="B21" t="s">
+        <v>26</v>
+      </c>
+      <c r="C21" t="s">
         <v>82</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="D21" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G21" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
+        <v>84</v>
+      </c>
+      <c r="B22" t="s">
+        <v>26</v>
+      </c>
+      <c r="C22" t="s">
         <v>85</v>
       </c>
-      <c r="B22" t="s">
-[...2 lines deleted...]
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="D22" t="s">
-[...5 lines deleted...]
-      <c r="F22" s="1" t="s">
+      <c r="G22" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
+        <v>88</v>
+      </c>
+      <c r="B23" t="s">
+        <v>26</v>
+      </c>
+      <c r="C23" t="s">
         <v>89</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="C23" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G23" t="s">
-        <v>40</v>
+        <v>87</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
+        <v>91</v>
+      </c>
+      <c r="B24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C24" t="s">
+        <v>92</v>
+      </c>
+      <c r="D24" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="B24" t="s">
-[...2 lines deleted...]
-      <c r="C24" t="s">
+      <c r="G24" t="s">
         <v>94</v>
-      </c>
-[...10 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
+        <v>95</v>
+      </c>
+      <c r="B25" t="s">
+        <v>26</v>
+      </c>
+      <c r="C25" t="s">
         <v>96</v>
       </c>
-      <c r="B25" t="s">
-[...2 lines deleted...]
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="D25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G25" t="s">
-        <v>99</v>
+        <v>66</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
+        <v>98</v>
+      </c>
+      <c r="B26" t="s">
+        <v>26</v>
+      </c>
+      <c r="C26" t="s">
+        <v>99</v>
+      </c>
+      <c r="D26" t="s">
+        <v>10</v>
+      </c>
+      <c r="E26" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="G26" t="s">
         <v>101</v>
-      </c>
-[...10 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
+        <v>102</v>
+      </c>
+      <c r="B27" t="s">
+        <v>26</v>
+      </c>
+      <c r="C27" t="s">
+        <v>103</v>
+      </c>
+      <c r="D27" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="B27" t="s">
-[...2 lines deleted...]
-      <c r="C27" t="s">
+      <c r="G27" t="s">
         <v>105</v>
-      </c>
-[...10 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
+        <v>106</v>
+      </c>
+      <c r="B28" t="s">
+        <v>26</v>
+      </c>
+      <c r="C28" t="s">
+        <v>107</v>
+      </c>
+      <c r="D28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E28" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="B28" t="s">
-[...2 lines deleted...]
-      <c r="C28" t="s">
+      <c r="G28" t="s">
         <v>109</v>
-      </c>
-[...10 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
+        <v>110</v>
+      </c>
+      <c r="B29" t="s">
+        <v>26</v>
+      </c>
+      <c r="C29" t="s">
         <v>111</v>
       </c>
-      <c r="B29" t="s">
-[...2 lines deleted...]
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="D29" t="s">
-[...5 lines deleted...]
-      <c r="F29" s="1" t="s">
+      <c r="G29" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>114</v>
       </c>
       <c r="B30" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="C30" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G30" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B31" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="C31" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G31" t="s">
-        <v>62</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B32" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="C32" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="G32" t="s">
-        <v>121</v>
+        <v>66</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B33" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="C33" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G33" t="s">
-        <v>124</v>
+        <v>105</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>125</v>
       </c>
       <c r="B34" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="C34" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>126</v>
       </c>
       <c r="G34" t="s">
-        <v>21</v>
+        <v>127</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B35" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="C35" t="s">
         <v>30</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G35" t="s">
-        <v>129</v>
+        <v>17</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B36" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="C36" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G36" t="s">
-        <v>132</v>
+        <v>66</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>133</v>
       </c>
       <c r="B37" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="C37" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>134</v>
       </c>
       <c r="G37" t="s">
-        <v>62</v>
+        <v>135</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B38" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="C38" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G38" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B39" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="C39" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G39" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B40" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="C40" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G40" t="s">
-        <v>143</v>
+        <v>127</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>144</v>
       </c>
       <c r="B41" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="C41" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>145</v>
       </c>
       <c r="G41" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B42" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="C42" t="s">
         <v>56</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="G42" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B43" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="C43" t="s">
         <v>60</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="G43" t="s">
-        <v>152</v>
+        <v>105</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="B44" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="C44" t="s">
         <v>64</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="G44" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B45" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="C45" t="s">
         <v>68</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="G45" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B46" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="C46" t="s">
         <v>72</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="G46" t="s">
-        <v>149</v>
+        <v>66</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
+        <v>159</v>
+      </c>
+      <c r="B47" t="s">
+        <v>129</v>
+      </c>
+      <c r="C47" t="s">
+        <v>75</v>
+      </c>
+      <c r="D47" t="s">
+        <v>10</v>
+      </c>
+      <c r="E47" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="G47" t="s">
         <v>161</v>
-      </c>
-[...16 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
+        <v>162</v>
+      </c>
+      <c r="B48" t="s">
+        <v>129</v>
+      </c>
+      <c r="C48" t="s">
+        <v>82</v>
+      </c>
+      <c r="D48" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="B48" t="s">
-[...11 lines deleted...]
-      <c r="F48" s="1" t="s">
+      <c r="G48" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
+        <v>165</v>
+      </c>
+      <c r="B49" t="s">
+        <v>129</v>
+      </c>
+      <c r="C49" t="s">
+        <v>78</v>
+      </c>
+      <c r="D49" t="s">
+        <v>10</v>
+      </c>
+      <c r="E49" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="B49" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G49" t="s">
-        <v>168</v>
+        <v>105</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
+        <v>167</v>
+      </c>
+      <c r="B50" t="s">
+        <v>129</v>
+      </c>
+      <c r="C50" t="s">
+        <v>85</v>
+      </c>
+      <c r="D50" t="s">
+        <v>10</v>
+      </c>
+      <c r="E50" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="G50" t="s">
         <v>169</v>
-      </c>
-[...16 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
+        <v>170</v>
+      </c>
+      <c r="B51" t="s">
+        <v>129</v>
+      </c>
+      <c r="C51" t="s">
+        <v>89</v>
+      </c>
+      <c r="D51" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="B51" t="s">
-[...11 lines deleted...]
-      <c r="F51" s="1" t="s">
+      <c r="G51" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>173</v>
       </c>
       <c r="B52" t="s">
+        <v>129</v>
+      </c>
+      <c r="C52" t="s">
+        <v>92</v>
+      </c>
+      <c r="D52" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="C52" t="s">
+      <c r="G52" t="s">
         <v>175</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
+        <v>176</v>
+      </c>
+      <c r="B53" t="s">
+        <v>129</v>
+      </c>
+      <c r="C53" t="s">
+        <v>96</v>
+      </c>
+      <c r="D53" t="s">
+        <v>10</v>
+      </c>
+      <c r="E53" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="1" t="s">
         <v>177</v>
       </c>
-      <c r="B53" t="s">
-[...2 lines deleted...]
-      <c r="C53" t="s">
+      <c r="G53" t="s">
         <v>178</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
+        <v>179</v>
+      </c>
+      <c r="B54" t="s">
+        <v>129</v>
+      </c>
+      <c r="C54" t="s">
+        <v>99</v>
+      </c>
+      <c r="D54" t="s">
+        <v>10</v>
+      </c>
+      <c r="E54" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="B54" t="s">
-[...2 lines deleted...]
-      <c r="C54" t="s">
+      <c r="G54" t="s">
         <v>181</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
+        <v>182</v>
+      </c>
+      <c r="B55" t="s">
+        <v>129</v>
+      </c>
+      <c r="C55" t="s">
+        <v>103</v>
+      </c>
+      <c r="D55" t="s">
+        <v>10</v>
+      </c>
+      <c r="E55" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="G55" t="s">
         <v>184</v>
-      </c>
-[...10 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
+        <v>185</v>
+      </c>
+      <c r="B56" t="s">
+        <v>129</v>
+      </c>
+      <c r="C56" t="s">
+        <v>107</v>
+      </c>
+      <c r="D56" t="s">
+        <v>10</v>
+      </c>
+      <c r="E56" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="G56" t="s">
         <v>187</v>
-      </c>
-[...16 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="B57" t="s">
-        <v>174</v>
+        <v>129</v>
       </c>
       <c r="C57" t="s">
-        <v>192</v>
+        <v>111</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="G57" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="B58" t="s">
-        <v>174</v>
+        <v>129</v>
       </c>
       <c r="C58" t="s">
-        <v>196</v>
+        <v>115</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="G58" t="s">
-        <v>40</v>
+        <v>181</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="B59" t="s">
-        <v>174</v>
+        <v>129</v>
       </c>
       <c r="C59" t="s">
-        <v>199</v>
+        <v>9</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="G59" t="s">
-        <v>201</v>
+        <v>156</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="B60" t="s">
-        <v>174</v>
+        <v>129</v>
       </c>
       <c r="C60" t="s">
-        <v>203</v>
+        <v>15</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>204</v>
+        <v>196</v>
       </c>
       <c r="G60" t="s">
-        <v>205</v>
+        <v>197</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
       <c r="B61" t="s">
-        <v>174</v>
+        <v>129</v>
       </c>
       <c r="C61" t="s">
-        <v>207</v>
+        <v>19</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="G61" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="B62" t="s">
-        <v>174</v>
+        <v>129</v>
       </c>
       <c r="C62" t="s">
-        <v>211</v>
+        <v>23</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="G62" t="s">
-        <v>213</v>
+        <v>127</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>214</v>
+        <v>203</v>
       </c>
       <c r="B63" t="s">
-        <v>174</v>
+        <v>129</v>
       </c>
       <c r="C63" t="s">
-        <v>215</v>
+        <v>23</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="G63" t="s">
-        <v>21</v>
+        <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>217</v>
+        <v>205</v>
       </c>
       <c r="B64" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C64" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="G64" t="s">
-        <v>220</v>
+        <v>17</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>221</v>
+        <v>209</v>
       </c>
       <c r="B65" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C65" t="s">
-        <v>222</v>
+        <v>210</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>223</v>
+        <v>211</v>
       </c>
       <c r="G65" t="s">
-        <v>224</v>
+        <v>17</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="B66" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C66" t="s">
-        <v>226</v>
+        <v>213</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>227</v>
+        <v>214</v>
       </c>
       <c r="G66" t="s">
-        <v>228</v>
+        <v>17</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>229</v>
+        <v>215</v>
       </c>
       <c r="B67" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C67" t="s">
-        <v>230</v>
+        <v>216</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>231</v>
+        <v>217</v>
       </c>
       <c r="G67" t="s">
-        <v>201</v>
+        <v>218</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>232</v>
+        <v>219</v>
       </c>
       <c r="B68" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C68" t="s">
-        <v>233</v>
+        <v>220</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>234</v>
+        <v>221</v>
       </c>
       <c r="G68" t="s">
-        <v>235</v>
+        <v>222</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="B69" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C69" t="s">
-        <v>237</v>
+        <v>224</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>238</v>
+        <v>225</v>
       </c>
       <c r="G69" t="s">
-        <v>201</v>
+        <v>226</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>239</v>
+        <v>227</v>
       </c>
       <c r="B70" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C70" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
       <c r="G70" t="s">
-        <v>242</v>
+        <v>17</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>243</v>
+        <v>230</v>
       </c>
       <c r="B71" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C71" t="s">
-        <v>244</v>
+        <v>231</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>245</v>
+        <v>232</v>
       </c>
       <c r="G71" t="s">
-        <v>246</v>
+        <v>233</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>247</v>
+        <v>234</v>
       </c>
       <c r="B72" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C72" t="s">
-        <v>248</v>
+        <v>235</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>249</v>
+        <v>236</v>
       </c>
       <c r="G72" t="s">
-        <v>250</v>
+        <v>237</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>251</v>
+        <v>238</v>
       </c>
       <c r="B73" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C73" t="s">
-        <v>252</v>
+        <v>239</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>253</v>
+        <v>240</v>
       </c>
       <c r="G73" t="s">
-        <v>254</v>
+        <v>241</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>255</v>
+        <v>242</v>
       </c>
       <c r="B74" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C74" t="s">
-        <v>256</v>
+        <v>243</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>257</v>
+        <v>244</v>
       </c>
       <c r="G74" t="s">
-        <v>258</v>
+        <v>245</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>259</v>
+        <v>246</v>
       </c>
       <c r="B75" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C75" t="s">
-        <v>260</v>
+        <v>247</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>261</v>
+        <v>248</v>
       </c>
       <c r="G75" t="s">
-        <v>262</v>
+        <v>66</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>263</v>
+        <v>249</v>
       </c>
       <c r="B76" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C76" t="s">
-        <v>264</v>
+        <v>250</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>265</v>
+        <v>251</v>
       </c>
       <c r="G76" t="s">
-        <v>266</v>
+        <v>252</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>267</v>
+        <v>253</v>
       </c>
       <c r="B77" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C77" t="s">
-        <v>268</v>
+        <v>254</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>269</v>
+        <v>255</v>
       </c>
       <c r="G77" t="s">
-        <v>21</v>
+        <v>256</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>270</v>
+        <v>257</v>
       </c>
       <c r="B78" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C78" t="s">
-        <v>91</v>
+        <v>258</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>271</v>
+        <v>259</v>
       </c>
       <c r="G78" t="s">
-        <v>272</v>
+        <v>260</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>273</v>
+        <v>261</v>
       </c>
       <c r="B79" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C79" t="s">
-        <v>94</v>
+        <v>262</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>274</v>
+        <v>263</v>
       </c>
       <c r="G79" t="s">
-        <v>275</v>
+        <v>233</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>276</v>
+        <v>264</v>
       </c>
       <c r="B80" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C80" t="s">
-        <v>97</v>
+        <v>265</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>31</v>
+        <v>266</v>
       </c>
       <c r="G80" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="B81" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C81" t="s">
-        <v>101</v>
+        <v>269</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>31</v>
+        <v>270</v>
       </c>
       <c r="G81" t="s">
-        <v>140</v>
+        <v>233</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="B82" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C82" t="s">
-        <v>105</v>
+        <v>272</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="G82" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="B83" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C83" t="s">
-        <v>109</v>
+        <v>276</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="G83" t="s">
-        <v>143</v>
+        <v>278</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="B84" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C84" t="s">
-        <v>112</v>
+        <v>280</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="G84" t="s">
-        <v>286</v>
+        <v>21</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="B85" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C85" t="s">
-        <v>9</v>
+        <v>283</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="G85" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="B86" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C86" t="s">
-        <v>15</v>
+        <v>287</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="G86" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
+        <v>290</v>
+      </c>
+      <c r="B87" t="s">
+        <v>206</v>
+      </c>
+      <c r="C87" t="s">
+        <v>291</v>
+      </c>
+      <c r="D87" t="s">
+        <v>10</v>
+      </c>
+      <c r="E87" t="s">
+        <v>11</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="G87" t="s">
         <v>293</v>
-      </c>
-[...16 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
+        <v>294</v>
+      </c>
+      <c r="B88" t="s">
+        <v>206</v>
+      </c>
+      <c r="C88" t="s">
+        <v>295</v>
+      </c>
+      <c r="D88" t="s">
+        <v>10</v>
+      </c>
+      <c r="E88" t="s">
+        <v>11</v>
+      </c>
+      <c r="F88" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="B88" t="s">
-[...11 lines deleted...]
-      <c r="F88" s="1" t="s">
+      <c r="G88" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="B89" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C89" t="s">
         <v>27</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="G89" t="s">
-        <v>158</v>
+        <v>66</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="B90" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C90" t="s">
         <v>30</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="G90" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>303</v>
       </c>
       <c r="B91" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C91" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>304</v>
       </c>
       <c r="G91" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>306</v>
       </c>
       <c r="B92" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C92" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G92" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="B93" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C93" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>310</v>
+        <v>12</v>
       </c>
       <c r="G93" t="s">
-        <v>311</v>
+        <v>172</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="B94" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C94" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="G94" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="B95" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C95" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="G95" t="s">
-        <v>308</v>
+        <v>175</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
+        <v>314</v>
+      </c>
+      <c r="B96" t="s">
+        <v>206</v>
+      </c>
+      <c r="C96" t="s">
+        <v>52</v>
+      </c>
+      <c r="D96" t="s">
+        <v>10</v>
+      </c>
+      <c r="E96" t="s">
+        <v>11</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="G96" t="s">
         <v>316</v>
-      </c>
-[...16 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="B97" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C97" t="s">
         <v>56</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="G97" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>320</v>
       </c>
       <c r="B98" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C98" t="s">
         <v>60</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>321</v>
       </c>
       <c r="G98" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>323</v>
       </c>
       <c r="B99" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C99" t="s">
         <v>64</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>324</v>
       </c>
       <c r="G99" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>326</v>
       </c>
       <c r="B100" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C100" t="s">
         <v>68</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>327</v>
       </c>
       <c r="G100" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>329</v>
       </c>
       <c r="B101" t="s">
-        <v>174</v>
+        <v>206</v>
       </c>
       <c r="C101" t="s">
         <v>72</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>330</v>
       </c>
       <c r="G101" t="s">
-        <v>331</v>
+        <v>190</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
+        <v>331</v>
+      </c>
+      <c r="B102" t="s">
+        <v>206</v>
+      </c>
+      <c r="C102" t="s">
+        <v>75</v>
+      </c>
+      <c r="D102" t="s">
+        <v>10</v>
+      </c>
+      <c r="E102" t="s">
+        <v>11</v>
+      </c>
+      <c r="F102" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="B102" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G102" t="s">
-        <v>334</v>
+        <v>66</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
+        <v>333</v>
+      </c>
+      <c r="B103" t="s">
+        <v>206</v>
+      </c>
+      <c r="C103" t="s">
+        <v>78</v>
+      </c>
+      <c r="D103" t="s">
+        <v>10</v>
+      </c>
+      <c r="E103" t="s">
+        <v>11</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="G103" t="s">
         <v>335</v>
-      </c>
-[...16 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
+        <v>336</v>
+      </c>
+      <c r="B104" t="s">
+        <v>206</v>
+      </c>
+      <c r="C104" t="s">
+        <v>82</v>
+      </c>
+      <c r="D104" t="s">
+        <v>10</v>
+      </c>
+      <c r="E104" t="s">
+        <v>11</v>
+      </c>
+      <c r="F104" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="G104" t="s">
         <v>338</v>
-      </c>
-[...16 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
+        <v>339</v>
+      </c>
+      <c r="B105" t="s">
+        <v>206</v>
+      </c>
+      <c r="C105" t="s">
+        <v>85</v>
+      </c>
+      <c r="D105" t="s">
+        <v>10</v>
+      </c>
+      <c r="E105" t="s">
+        <v>11</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="G105" t="s">
         <v>341</v>
-      </c>
-[...16 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="B106" t="s">
-        <v>345</v>
+        <v>206</v>
       </c>
       <c r="C106" t="s">
-        <v>248</v>
+        <v>89</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="G106" t="s">
-        <v>311</v>
+        <v>338</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="B107" t="s">
+        <v>206</v>
+      </c>
+      <c r="C107" t="s">
+        <v>92</v>
+      </c>
+      <c r="D107" t="s">
+        <v>10</v>
+      </c>
+      <c r="E107" t="s">
+        <v>11</v>
+      </c>
+      <c r="F107" s="1" t="s">
         <v>345</v>
       </c>
-      <c r="C107" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G107" t="s">
-        <v>40</v>
+        <v>338</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="B108" t="s">
-        <v>345</v>
+        <v>206</v>
       </c>
       <c r="C108" t="s">
-        <v>256</v>
+        <v>96</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="G108" t="s">
-        <v>351</v>
+        <v>322</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="B109" t="s">
-        <v>345</v>
+        <v>206</v>
       </c>
       <c r="C109" t="s">
-        <v>260</v>
+        <v>99</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>31</v>
+        <v>349</v>
       </c>
       <c r="G109" t="s">
-        <v>40</v>
+        <v>156</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="B110" t="s">
-        <v>345</v>
+        <v>206</v>
       </c>
       <c r="C110" t="s">
-        <v>264</v>
+        <v>103</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="G110" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="B111" t="s">
-        <v>345</v>
+        <v>206</v>
       </c>
       <c r="C111" t="s">
-        <v>268</v>
+        <v>107</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="G111" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="B112" t="s">
-        <v>345</v>
+        <v>206</v>
       </c>
       <c r="C112" t="s">
-        <v>91</v>
+        <v>111</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>31</v>
+        <v>357</v>
       </c>
       <c r="G112" t="s">
-        <v>40</v>
+        <v>358</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
+        <v>359</v>
+      </c>
+      <c r="B113" t="s">
+        <v>206</v>
+      </c>
+      <c r="C113" t="s">
+        <v>115</v>
+      </c>
+      <c r="D113" t="s">
+        <v>10</v>
+      </c>
+      <c r="E113" t="s">
+        <v>11</v>
+      </c>
+      <c r="F113" s="1" t="s">
         <v>360</v>
       </c>
-      <c r="B113" t="s">
-[...11 lines deleted...]
-      <c r="F113" s="1" t="s">
+      <c r="G113" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
+        <v>362</v>
+      </c>
+      <c r="B114" t="s">
+        <v>206</v>
+      </c>
+      <c r="C114" t="s">
+        <v>9</v>
+      </c>
+      <c r="D114" t="s">
+        <v>10</v>
+      </c>
+      <c r="E114" t="s">
+        <v>11</v>
+      </c>
+      <c r="F114" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="B114" t="s">
-[...11 lines deleted...]
-      <c r="F114" s="1" t="s">
+      <c r="G114" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
+        <v>365</v>
+      </c>
+      <c r="B115" t="s">
+        <v>206</v>
+      </c>
+      <c r="C115" t="s">
+        <v>15</v>
+      </c>
+      <c r="D115" t="s">
+        <v>10</v>
+      </c>
+      <c r="E115" t="s">
+        <v>11</v>
+      </c>
+      <c r="F115" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="B115" t="s">
-[...11 lines deleted...]
-      <c r="F115" s="1" t="s">
+      <c r="G115" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
+        <v>368</v>
+      </c>
+      <c r="B116" t="s">
+        <v>206</v>
+      </c>
+      <c r="C116" t="s">
+        <v>19</v>
+      </c>
+      <c r="D116" t="s">
+        <v>10</v>
+      </c>
+      <c r="E116" t="s">
+        <v>11</v>
+      </c>
+      <c r="F116" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="B116" t="s">
-[...11 lines deleted...]
-      <c r="F116" s="1" t="s">
+      <c r="G116" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
+        <v>371</v>
+      </c>
+      <c r="B117" t="s">
+        <v>206</v>
+      </c>
+      <c r="C117" t="s">
+        <v>23</v>
+      </c>
+      <c r="D117" t="s">
+        <v>10</v>
+      </c>
+      <c r="E117" t="s">
+        <v>11</v>
+      </c>
+      <c r="F117" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="B117" t="s">
-[...11 lines deleted...]
-      <c r="F117" s="1" t="s">
+      <c r="G117" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>374</v>
       </c>
       <c r="B118" t="s">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="C118" t="s">
-        <v>112</v>
+        <v>280</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="G118" t="s">
-        <v>376</v>
+        <v>341</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
         <v>377</v>
       </c>
       <c r="B119" t="s">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="C119" t="s">
-        <v>9</v>
+        <v>283</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>378</v>
       </c>
       <c r="G119" t="s">
-        <v>379</v>
+        <v>17</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
+        <v>379</v>
+      </c>
+      <c r="B120" t="s">
+        <v>375</v>
+      </c>
+      <c r="C120" t="s">
+        <v>287</v>
+      </c>
+      <c r="D120" t="s">
+        <v>10</v>
+      </c>
+      <c r="E120" t="s">
+        <v>11</v>
+      </c>
+      <c r="F120" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="B120" t="s">
-[...11 lines deleted...]
-      <c r="F120" s="1" t="s">
+      <c r="G120" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
         <v>382</v>
       </c>
       <c r="B121" t="s">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="C121" t="s">
-        <v>19</v>
+        <v>291</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>383</v>
+        <v>12</v>
       </c>
       <c r="G121" t="s">
-        <v>311</v>
+        <v>17</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
+        <v>383</v>
+      </c>
+      <c r="B122" t="s">
+        <v>375</v>
+      </c>
+      <c r="C122" t="s">
+        <v>295</v>
+      </c>
+      <c r="D122" t="s">
+        <v>10</v>
+      </c>
+      <c r="E122" t="s">
+        <v>11</v>
+      </c>
+      <c r="F122" s="1" t="s">
         <v>384</v>
-      </c>
-[...13 lines deleted...]
-        <v>31</v>
       </c>
       <c r="G122" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
         <v>386</v>
       </c>
       <c r="B123" t="s">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="C123" t="s">
         <v>27</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>387</v>
       </c>
       <c r="G123" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
         <v>389</v>
       </c>
       <c r="B124" t="s">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="C124" t="s">
         <v>30</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>390</v>
+        <v>12</v>
       </c>
       <c r="G124" t="s">
-        <v>391</v>
+        <v>17</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
+        <v>390</v>
+      </c>
+      <c r="B125" t="s">
+        <v>375</v>
+      </c>
+      <c r="C125" t="s">
+        <v>33</v>
+      </c>
+      <c r="D125" t="s">
+        <v>10</v>
+      </c>
+      <c r="E125" t="s">
+        <v>11</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="G125" t="s">
         <v>392</v>
-      </c>
-[...16 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
+        <v>393</v>
+      </c>
+      <c r="B126" t="s">
+        <v>375</v>
+      </c>
+      <c r="C126" t="s">
+        <v>36</v>
+      </c>
+      <c r="D126" t="s">
+        <v>10</v>
+      </c>
+      <c r="E126" t="s">
+        <v>11</v>
+      </c>
+      <c r="F126" s="1" t="s">
         <v>394</v>
       </c>
-      <c r="B126" t="s">
-[...11 lines deleted...]
-      <c r="F126" s="1" t="s">
+      <c r="G126" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
         <v>396</v>
       </c>
       <c r="B127" t="s">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="C127" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>397</v>
       </c>
       <c r="G127" t="s">
-        <v>379</v>
+        <v>398</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B128" t="s">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="C128" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="G128" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B129" t="s">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="C129" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="G129" t="s">
-        <v>403</v>
+        <v>233</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
         <v>404</v>
       </c>
       <c r="B130" t="s">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="C130" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>405</v>
       </c>
       <c r="G130" t="s">
-        <v>143</v>
+        <v>406</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B131" t="s">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="C131" t="s">
         <v>56</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="G131" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B132" t="s">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="C132" t="s">
         <v>60</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="G132" t="s">
-        <v>292</v>
+        <v>307</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B133" t="s">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="C133" t="s">
         <v>64</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="G133" t="s">
-        <v>413</v>
+        <v>341</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>414</v>
       </c>
       <c r="B134" t="s">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="C134" t="s">
         <v>68</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G134" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="B135" t="s">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="C135" t="s">
         <v>72</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="G135" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
+        <v>419</v>
+      </c>
+      <c r="B136" t="s">
+        <v>375</v>
+      </c>
+      <c r="C136" t="s">
+        <v>75</v>
+      </c>
+      <c r="D136" t="s">
+        <v>10</v>
+      </c>
+      <c r="E136" t="s">
+        <v>11</v>
+      </c>
+      <c r="F136" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="B136" t="s">
-[...11 lines deleted...]
-      <c r="F136" s="1" t="s">
+      <c r="G136" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
         <v>422</v>
       </c>
       <c r="B137" t="s">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="C137" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
         <v>11</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>423</v>
       </c>
       <c r="G137" t="s">
-        <v>424</v>
+        <v>21</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
+        <v>424</v>
+      </c>
+      <c r="B138" t="s">
+        <v>375</v>
+      </c>
+      <c r="C138" t="s">
+        <v>82</v>
+      </c>
+      <c r="D138" t="s">
+        <v>10</v>
+      </c>
+      <c r="E138" t="s">
+        <v>11</v>
+      </c>
+      <c r="F138" s="1" t="s">
         <v>425</v>
       </c>
-      <c r="B138" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G138" t="s">
-        <v>427</v>
+        <v>17</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="B139" t="s">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="C139" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="G139" t="s">
-        <v>430</v>
+        <v>409</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="B140" t="s">
-        <v>432</v>
+        <v>375</v>
       </c>
       <c r="C140" t="s">
-        <v>215</v>
+        <v>89</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="G140" t="s">
-        <v>40</v>
+        <v>430</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="B141" t="s">
+        <v>375</v>
+      </c>
+      <c r="C141" t="s">
+        <v>92</v>
+      </c>
+      <c r="D141" t="s">
+        <v>10</v>
+      </c>
+      <c r="E141" t="s">
+        <v>11</v>
+      </c>
+      <c r="F141" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="C141" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G141" t="s">
-        <v>40</v>
+        <v>433</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="B142" t="s">
-        <v>432</v>
+        <v>375</v>
       </c>
       <c r="C142" t="s">
-        <v>222</v>
+        <v>96</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="G142" t="s">
-        <v>40</v>
+        <v>175</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
+        <v>436</v>
+      </c>
+      <c r="B143" t="s">
+        <v>375</v>
+      </c>
+      <c r="C143" t="s">
+        <v>99</v>
+      </c>
+      <c r="D143" t="s">
+        <v>10</v>
+      </c>
+      <c r="E143" t="s">
+        <v>11</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="G143" t="s">
         <v>438</v>
-      </c>
-[...16 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
+        <v>439</v>
+      </c>
+      <c r="B144" t="s">
+        <v>375</v>
+      </c>
+      <c r="C144" t="s">
+        <v>103</v>
+      </c>
+      <c r="D144" t="s">
+        <v>10</v>
+      </c>
+      <c r="E144" t="s">
+        <v>11</v>
+      </c>
+      <c r="F144" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="B144" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G144" t="s">
-        <v>143</v>
+        <v>322</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
+        <v>441</v>
+      </c>
+      <c r="B145" t="s">
+        <v>375</v>
+      </c>
+      <c r="C145" t="s">
+        <v>107</v>
+      </c>
+      <c r="D145" t="s">
+        <v>10</v>
+      </c>
+      <c r="E145" t="s">
+        <v>11</v>
+      </c>
+      <c r="F145" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="B145" t="s">
-[...11 lines deleted...]
-      <c r="F145" s="1" t="s">
+      <c r="G145" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
+        <v>444</v>
+      </c>
+      <c r="B146" t="s">
+        <v>375</v>
+      </c>
+      <c r="C146" t="s">
+        <v>111</v>
+      </c>
+      <c r="D146" t="s">
+        <v>10</v>
+      </c>
+      <c r="E146" t="s">
+        <v>11</v>
+      </c>
+      <c r="F146" s="1" t="s">
         <v>445</v>
       </c>
-      <c r="B146" t="s">
-[...11 lines deleted...]
-      <c r="F146" s="1" t="s">
+      <c r="G146" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
         <v>447</v>
       </c>
       <c r="B147" t="s">
-        <v>432</v>
+        <v>375</v>
       </c>
       <c r="C147" t="s">
-        <v>240</v>
+        <v>115</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>448</v>
       </c>
       <c r="G147" t="s">
-        <v>40</v>
+        <v>449</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B148" t="s">
-        <v>432</v>
+        <v>375</v>
       </c>
       <c r="C148" t="s">
-        <v>244</v>
+        <v>9</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="G148" t="s">
-        <v>107</v>
+        <v>184</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B149" t="s">
-        <v>432</v>
+        <v>375</v>
       </c>
       <c r="C149" t="s">
-        <v>248</v>
+        <v>15</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
         <v>11</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G149" t="s">
-        <v>391</v>
+        <v>454</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B150" t="s">
-        <v>432</v>
+        <v>375</v>
       </c>
       <c r="C150" t="s">
-        <v>252</v>
+        <v>19</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
         <v>11</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="G150" t="s">
-        <v>376</v>
+        <v>457</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="B151" t="s">
-        <v>432</v>
+        <v>375</v>
       </c>
       <c r="C151" t="s">
-        <v>256</v>
+        <v>23</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="G151" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B152" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C152" t="s">
-        <v>260</v>
+        <v>247</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="G152" t="s">
-        <v>460</v>
+        <v>17</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="B153" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C153" t="s">
-        <v>264</v>
+        <v>250</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="G153" t="s">
-        <v>254</v>
+        <v>17</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B154" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C154" t="s">
-        <v>268</v>
+        <v>254</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="G154" t="s">
-        <v>465</v>
+        <v>17</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B155" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C155" t="s">
-        <v>91</v>
+        <v>258</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
         <v>11</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="G155" t="s">
-        <v>286</v>
+        <v>17</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B156" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C156" t="s">
-        <v>94</v>
+        <v>262</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
         <v>11</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="G156" t="s">
-        <v>470</v>
+        <v>175</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B157" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C157" t="s">
-        <v>97</v>
+        <v>265</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>11</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>31</v>
+        <v>473</v>
       </c>
       <c r="G157" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="B158" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C158" t="s">
-        <v>101</v>
+        <v>269</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
         <v>11</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="G158" t="s">
-        <v>146</v>
+        <v>233</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="B159" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C159" t="s">
-        <v>105</v>
+        <v>272</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="G159" t="s">
-        <v>152</v>
+        <v>17</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B160" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C160" t="s">
-        <v>109</v>
+        <v>276</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
         <v>11</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="G160" t="s">
-        <v>379</v>
+        <v>141</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>188</v>
+        <v>481</v>
       </c>
       <c r="B161" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C161" t="s">
-        <v>112</v>
+        <v>280</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="G161" t="s">
-        <v>40</v>
+        <v>421</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>9</v>
+        <v>483</v>
       </c>
       <c r="B162" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C162" t="s">
-        <v>9</v>
+        <v>283</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
         <v>11</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="G162" t="s">
-        <v>254</v>
+        <v>406</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>15</v>
+        <v>485</v>
       </c>
       <c r="B163" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C163" t="s">
-        <v>15</v>
+        <v>287</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
         <v>11</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="G163" t="s">
-        <v>424</v>
+        <v>487</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>23</v>
+        <v>488</v>
       </c>
       <c r="B164" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C164" t="s">
-        <v>23</v>
+        <v>291</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
         <v>11</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="G164" t="s">
-        <v>483</v>
+        <v>490</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>27</v>
+        <v>491</v>
       </c>
       <c r="B165" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C165" t="s">
-        <v>27</v>
+        <v>295</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
         <v>11</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>484</v>
+        <v>492</v>
       </c>
       <c r="G165" t="s">
-        <v>485</v>
+        <v>285</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>30</v>
+        <v>493</v>
       </c>
       <c r="B166" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C166" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="G166" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>19</v>
+        <v>496</v>
       </c>
       <c r="B167" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C167" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
         <v>11</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
       <c r="G167" t="s">
-        <v>489</v>
+        <v>316</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>34</v>
+        <v>498</v>
       </c>
       <c r="B168" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C168" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
         <v>11</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="G168" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>76</v>
+        <v>501</v>
       </c>
       <c r="B169" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C169" t="s">
-        <v>76</v>
+        <v>36</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
         <v>11</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>492</v>
+        <v>12</v>
       </c>
       <c r="G169" t="s">
-        <v>493</v>
+        <v>502</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>38</v>
+        <v>503</v>
       </c>
       <c r="B170" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C170" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
         <v>11</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="G170" t="s">
-        <v>152</v>
+        <v>178</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>42</v>
+        <v>505</v>
       </c>
       <c r="B171" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C171" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D171" t="s">
         <v>10</v>
       </c>
       <c r="E171" t="s">
         <v>11</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="G171" t="s">
-        <v>427</v>
+        <v>184</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>46</v>
+        <v>507</v>
       </c>
       <c r="B172" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C172" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172" t="s">
         <v>11</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>496</v>
+        <v>508</v>
       </c>
       <c r="G172" t="s">
-        <v>430</v>
+        <v>409</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>49</v>
+        <v>220</v>
       </c>
       <c r="B173" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C173" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
         <v>11</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>497</v>
+        <v>509</v>
       </c>
       <c r="G173" t="s">
-        <v>430</v>
+        <v>17</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B174" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C174" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
         <v>11</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>498</v>
+        <v>510</v>
       </c>
       <c r="G174" t="s">
-        <v>499</v>
+        <v>285</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B175" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C175" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>11</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>500</v>
+        <v>511</v>
       </c>
       <c r="G175" t="s">
-        <v>501</v>
+        <v>454</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="B176" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C176" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
         <v>11</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>502</v>
+        <v>512</v>
       </c>
       <c r="G176" t="s">
-        <v>503</v>
+        <v>513</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="B177" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C177" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="D177" t="s">
         <v>10</v>
       </c>
       <c r="E177" t="s">
         <v>11</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="G177" t="s">
-        <v>430</v>
+        <v>515</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="B178" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C178" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
         <v>11</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>505</v>
+        <v>516</v>
       </c>
       <c r="G178" t="s">
-        <v>152</v>
+        <v>517</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="B179" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C179" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="D179" t="s">
         <v>10</v>
       </c>
       <c r="E179" t="s">
         <v>11</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>506</v>
+        <v>518</v>
       </c>
       <c r="G179" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B180" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C180" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
         <v>11</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>508</v>
+        <v>520</v>
       </c>
       <c r="G180" t="s">
-        <v>155</v>
+        <v>521</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="B181" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C181" t="s">
-        <v>83</v>
+        <v>9</v>
       </c>
       <c r="D181" t="s">
         <v>10</v>
       </c>
       <c r="E181" t="s">
         <v>11</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>509</v>
+        <v>522</v>
       </c>
       <c r="G181" t="s">
-        <v>510</v>
+        <v>523</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B182" t="s">
-        <v>432</v>
+        <v>462</v>
       </c>
       <c r="C182" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="D182" t="s">
         <v>10</v>
       </c>
       <c r="E182" t="s">
         <v>11</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>511</v>
+        <v>524</v>
       </c>
       <c r="G182" t="s">
-        <v>40</v>
+        <v>184</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>512</v>
+        <v>85</v>
       </c>
       <c r="B183" t="s">
-        <v>513</v>
+        <v>462</v>
       </c>
       <c r="C183" t="s">
-        <v>30</v>
+        <v>85</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
         <v>11</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>514</v>
+        <v>525</v>
       </c>
       <c r="G183" t="s">
-        <v>515</v>
+        <v>457</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>516</v>
+        <v>89</v>
       </c>
       <c r="B184" t="s">
-        <v>513</v>
+        <v>462</v>
       </c>
       <c r="C184" t="s">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184" t="s">
         <v>11</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>517</v>
+        <v>526</v>
       </c>
       <c r="G184" t="s">
-        <v>518</v>
+        <v>460</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>519</v>
+        <v>92</v>
       </c>
       <c r="B185" t="s">
-        <v>513</v>
+        <v>462</v>
       </c>
       <c r="C185" t="s">
-        <v>34</v>
+        <v>92</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
         <v>11</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="G185" t="s">
-        <v>521</v>
+        <v>460</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>522</v>
+        <v>96</v>
       </c>
       <c r="B186" t="s">
-        <v>513</v>
+        <v>462</v>
       </c>
       <c r="C186" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
         <v>11</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="G186" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>525</v>
+        <v>99</v>
       </c>
       <c r="B187" t="s">
-        <v>513</v>
+        <v>462</v>
       </c>
       <c r="C187" t="s">
-        <v>46</v>
+        <v>99</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
         <v>11</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="G187" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>528</v>
+        <v>103</v>
       </c>
       <c r="B188" t="s">
-        <v>513</v>
+        <v>462</v>
       </c>
       <c r="C188" t="s">
-        <v>49</v>
+        <v>103</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
         <v>11</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="G188" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>531</v>
+        <v>107</v>
       </c>
       <c r="B189" t="s">
-        <v>513</v>
+        <v>462</v>
       </c>
       <c r="C189" t="s">
-        <v>53</v>
+        <v>107</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>11</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="G189" t="s">
-        <v>533</v>
+        <v>460</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>534</v>
+        <v>111</v>
       </c>
       <c r="B190" t="s">
-        <v>513</v>
+        <v>462</v>
       </c>
       <c r="C190" t="s">
-        <v>56</v>
+        <v>111</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
         <v>11</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>535</v>
       </c>
       <c r="G190" t="s">
-        <v>536</v>
+        <v>184</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
+        <v>115</v>
+      </c>
+      <c r="B191" t="s">
+        <v>462</v>
+      </c>
+      <c r="C191" t="s">
+        <v>115</v>
+      </c>
+      <c r="D191" t="s">
+        <v>10</v>
+      </c>
+      <c r="E191" t="s">
+        <v>11</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="G191" t="s">
         <v>537</v>
-      </c>
-[...16 lines deleted...]
-        <v>539</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>540</v>
+        <v>15</v>
       </c>
       <c r="B192" t="s">
-        <v>513</v>
+        <v>462</v>
       </c>
       <c r="C192" t="s">
-        <v>64</v>
+        <v>15</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
         <v>11</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="G192" t="s">
-        <v>542</v>
+        <v>187</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>543</v>
+        <v>19</v>
       </c>
       <c r="B193" t="s">
-        <v>513</v>
+        <v>462</v>
       </c>
       <c r="C193" t="s">
-        <v>68</v>
+        <v>19</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>11</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="G193" t="s">
-        <v>515</v>
+        <v>540</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>545</v>
+        <v>23</v>
       </c>
       <c r="B194" t="s">
-        <v>513</v>
+        <v>462</v>
       </c>
       <c r="C194" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
         <v>11</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="G194" t="s">
-        <v>547</v>
+        <v>17</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>175</v>
+        <v>542</v>
       </c>
       <c r="B195" t="s">
-        <v>513</v>
+        <v>543</v>
       </c>
       <c r="C195" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
         <v>11</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="G195" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>178</v>
+        <v>546</v>
       </c>
       <c r="B196" t="s">
-        <v>513</v>
+        <v>543</v>
       </c>
       <c r="C196" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196" t="s">
         <v>11</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="G196" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>181</v>
+        <v>549</v>
       </c>
       <c r="B197" t="s">
-        <v>513</v>
+        <v>543</v>
       </c>
       <c r="C197" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
         <v>11</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="G197" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>184</v>
+        <v>552</v>
       </c>
       <c r="B198" t="s">
-        <v>513</v>
+        <v>543</v>
       </c>
       <c r="C198" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="G198" t="s">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
         <v>555</v>
       </c>
       <c r="B199" t="s">
+        <v>543</v>
+      </c>
+      <c r="C199" t="s">
+        <v>89</v>
+      </c>
+      <c r="D199" t="s">
+        <v>10</v>
+      </c>
+      <c r="E199" t="s">
+        <v>11</v>
+      </c>
+      <c r="F199" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="C199" t="s">
-[...8 lines deleted...]
-      <c r="F199" s="1" t="s">
+      <c r="G199" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
+        <v>558</v>
+      </c>
+      <c r="B200" t="s">
+        <v>543</v>
+      </c>
+      <c r="C200" t="s">
+        <v>92</v>
+      </c>
+      <c r="D200" t="s">
+        <v>10</v>
+      </c>
+      <c r="E200" t="s">
+        <v>11</v>
+      </c>
+      <c r="F200" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="B200" t="s">
-[...11 lines deleted...]
-      <c r="F200" s="1" t="s">
+      <c r="G200" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
         <v>561</v>
       </c>
       <c r="B201" t="s">
-        <v>556</v>
+        <v>543</v>
       </c>
       <c r="C201" t="s">
-        <v>237</v>
+        <v>96</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201" t="s">
         <v>11</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>562</v>
       </c>
       <c r="G201" t="s">
-        <v>553</v>
+        <v>563</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B202" t="s">
-        <v>556</v>
+        <v>543</v>
       </c>
       <c r="C202" t="s">
-        <v>240</v>
+        <v>99</v>
       </c>
       <c r="D202" t="s">
         <v>10</v>
       </c>
       <c r="E202" t="s">
         <v>11</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="G202" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B203" t="s">
-        <v>556</v>
+        <v>543</v>
       </c>
       <c r="C203" t="s">
-        <v>244</v>
+        <v>103</v>
       </c>
       <c r="D203" t="s">
         <v>10</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="G203" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B204" t="s">
-        <v>556</v>
+        <v>543</v>
       </c>
       <c r="C204" t="s">
-        <v>248</v>
+        <v>107</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
         <v>11</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="G204" t="s">
-        <v>518</v>
+        <v>572</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B205" t="s">
-        <v>556</v>
+        <v>543</v>
       </c>
       <c r="C205" t="s">
-        <v>252</v>
+        <v>111</v>
       </c>
       <c r="D205" t="s">
         <v>10</v>
       </c>
       <c r="E205" t="s">
         <v>11</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G205" t="s">
-        <v>573</v>
+        <v>545</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B206" t="s">
-        <v>556</v>
+        <v>543</v>
       </c>
       <c r="C206" t="s">
-        <v>256</v>
+        <v>115</v>
       </c>
       <c r="D206" t="s">
         <v>10</v>
       </c>
       <c r="E206" t="s">
         <v>11</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="G206" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>577</v>
+        <v>207</v>
       </c>
       <c r="B207" t="s">
-        <v>556</v>
+        <v>543</v>
       </c>
       <c r="C207" t="s">
-        <v>260</v>
+        <v>9</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
         <v>11</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>578</v>
       </c>
       <c r="G207" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
+        <v>210</v>
+      </c>
+      <c r="B208" t="s">
+        <v>543</v>
+      </c>
+      <c r="C208" t="s">
+        <v>15</v>
+      </c>
+      <c r="D208" t="s">
+        <v>10</v>
+      </c>
+      <c r="E208" t="s">
+        <v>11</v>
+      </c>
+      <c r="F208" s="1" t="s">
         <v>580</v>
       </c>
-      <c r="B208" t="s">
-[...11 lines deleted...]
-      <c r="F208" s="1" t="s">
+      <c r="G208" t="s">
         <v>581</v>
-      </c>
-[...1 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
+        <v>213</v>
+      </c>
+      <c r="B209" t="s">
+        <v>543</v>
+      </c>
+      <c r="C209" t="s">
+        <v>19</v>
+      </c>
+      <c r="D209" t="s">
+        <v>10</v>
+      </c>
+      <c r="E209" t="s">
+        <v>11</v>
+      </c>
+      <c r="F209" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="G209" t="s">
         <v>583</v>
-      </c>
-[...16 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>586</v>
+        <v>216</v>
       </c>
       <c r="B210" t="s">
-        <v>556</v>
+        <v>543</v>
       </c>
       <c r="C210" t="s">
-        <v>91</v>
+        <v>23</v>
       </c>
       <c r="D210" t="s">
         <v>10</v>
       </c>
       <c r="E210" t="s">
         <v>11</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="G210" t="s">
-        <v>588</v>
+        <v>545</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="B211" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C211" t="s">
-        <v>94</v>
+        <v>262</v>
       </c>
       <c r="D211" t="s">
         <v>10</v>
       </c>
       <c r="E211" t="s">
         <v>11</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="G211" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="B212" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C212" t="s">
-        <v>97</v>
+        <v>265</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="G212" t="s">
-        <v>594</v>
+        <v>588</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="B213" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C213" t="s">
-        <v>101</v>
+        <v>269</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="G213" t="s">
-        <v>597</v>
+        <v>583</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="B214" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C214" t="s">
-        <v>105</v>
+        <v>272</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
         <v>11</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
       <c r="G214" t="s">
-        <v>600</v>
+        <v>595</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
       <c r="B215" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C215" t="s">
-        <v>109</v>
+        <v>276</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
         <v>11</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="G215" t="s">
-        <v>603</v>
+        <v>598</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="B216" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C216" t="s">
-        <v>112</v>
+        <v>280</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
         <v>11</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="G216" t="s">
-        <v>606</v>
+        <v>548</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>607</v>
+        <v>601</v>
       </c>
       <c r="B217" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C217" t="s">
-        <v>9</v>
+        <v>283</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
         <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>608</v>
+        <v>602</v>
       </c>
       <c r="G217" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="B218" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C218" t="s">
-        <v>15</v>
+        <v>287</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
         <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>611</v>
+        <v>605</v>
       </c>
       <c r="G218" t="s">
-        <v>612</v>
+        <v>606</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="B219" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C219" t="s">
-        <v>19</v>
+        <v>291</v>
       </c>
       <c r="D219" t="s">
         <v>10</v>
       </c>
       <c r="E219" t="s">
         <v>11</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="G219" t="s">
-        <v>536</v>
+        <v>609</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>615</v>
+        <v>610</v>
       </c>
       <c r="B220" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C220" t="s">
-        <v>23</v>
+        <v>295</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220" t="s">
         <v>11</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
       <c r="G220" t="s">
-        <v>40</v>
+        <v>612</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>617</v>
+        <v>613</v>
       </c>
       <c r="B221" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C221" t="s">
         <v>27</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
         <v>11</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>618</v>
+        <v>614</v>
       </c>
       <c r="G221" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="B222" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C222" t="s">
         <v>30</v>
       </c>
       <c r="D222" t="s">
         <v>10</v>
       </c>
       <c r="E222" t="s">
         <v>11</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
       <c r="G222" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
       <c r="B223" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C223" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D223" t="s">
         <v>10</v>
       </c>
       <c r="E223" t="s">
         <v>11</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
       <c r="G223" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
       <c r="B224" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C224" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D224" t="s">
         <v>10</v>
       </c>
       <c r="E224" t="s">
         <v>11</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="G224" t="s">
-        <v>576</v>
+        <v>624</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="B225" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C225" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D225" t="s">
         <v>10</v>
       </c>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="G225" t="s">
-        <v>576</v>
+        <v>627</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
+        <v>628</v>
+      </c>
+      <c r="B226" t="s">
+        <v>586</v>
+      </c>
+      <c r="C226" t="s">
+        <v>48</v>
+      </c>
+      <c r="D226" t="s">
+        <v>10</v>
+      </c>
+      <c r="E226" t="s">
+        <v>11</v>
+      </c>
+      <c r="F226" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="G226" t="s">
         <v>630</v>
-      </c>
-[...16 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
+        <v>631</v>
+      </c>
+      <c r="B227" t="s">
+        <v>586</v>
+      </c>
+      <c r="C227" t="s">
+        <v>44</v>
+      </c>
+      <c r="D227" t="s">
+        <v>10</v>
+      </c>
+      <c r="E227" t="s">
+        <v>11</v>
+      </c>
+      <c r="F227" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="B227" t="s">
-[...11 lines deleted...]
-      <c r="F227" s="1" t="s">
+      <c r="G227" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>576</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
         <v>634</v>
       </c>
       <c r="B228" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C228" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D228" t="s">
         <v>10</v>
       </c>
       <c r="E228" t="s">
         <v>11</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>635</v>
       </c>
       <c r="G228" t="s">
         <v>636</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
         <v>637</v>
       </c>
       <c r="B229" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C229" t="s">
         <v>56</v>
       </c>
       <c r="D229" t="s">
         <v>10</v>
       </c>
       <c r="E229" t="s">
         <v>11</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>638</v>
       </c>
       <c r="G229" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
         <v>640</v>
       </c>
       <c r="B230" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C230" t="s">
         <v>60</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
         <v>11</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>641</v>
       </c>
       <c r="G230" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
         <v>643</v>
       </c>
       <c r="B231" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C231" t="s">
         <v>64</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231" t="s">
         <v>11</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>644</v>
       </c>
       <c r="G231" t="s">
-        <v>645</v>
+        <v>566</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="B232" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C232" t="s">
         <v>68</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
         <v>11</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="G232" t="s">
-        <v>648</v>
+        <v>17</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="B233" t="s">
-        <v>556</v>
+        <v>586</v>
       </c>
       <c r="C233" t="s">
         <v>72</v>
       </c>
       <c r="D233" t="s">
         <v>10</v>
       </c>
       <c r="E233" t="s">
         <v>11</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="G233" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
+        <v>650</v>
+      </c>
+      <c r="B234" t="s">
+        <v>586</v>
+      </c>
+      <c r="C234" t="s">
+        <v>75</v>
+      </c>
+      <c r="D234" t="s">
+        <v>10</v>
+      </c>
+      <c r="E234" t="s">
+        <v>11</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="G234" t="s">
         <v>652</v>
-      </c>
-[...16 lines deleted...]
-        <v>648</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
+        <v>653</v>
+      </c>
+      <c r="B235" t="s">
+        <v>586</v>
+      </c>
+      <c r="C235" t="s">
+        <v>78</v>
+      </c>
+      <c r="D235" t="s">
+        <v>10</v>
+      </c>
+      <c r="E235" t="s">
+        <v>11</v>
+      </c>
+      <c r="F235" s="1" t="s">
         <v>654</v>
       </c>
-      <c r="B235" t="s">
-[...11 lines deleted...]
-      <c r="F235" s="1" t="s">
+      <c r="G235" t="s">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
+        <v>656</v>
+      </c>
+      <c r="B236" t="s">
+        <v>586</v>
+      </c>
+      <c r="C236" t="s">
+        <v>82</v>
+      </c>
+      <c r="D236" t="s">
+        <v>10</v>
+      </c>
+      <c r="E236" t="s">
+        <v>11</v>
+      </c>
+      <c r="F236" s="1" t="s">
         <v>657</v>
       </c>
-      <c r="B236" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G236" t="s">
-        <v>648</v>
+        <v>606</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
+        <v>658</v>
+      </c>
+      <c r="B237" t="s">
+        <v>586</v>
+      </c>
+      <c r="C237" t="s">
+        <v>85</v>
+      </c>
+      <c r="D237" t="s">
+        <v>10</v>
+      </c>
+      <c r="E237" t="s">
+        <v>11</v>
+      </c>
+      <c r="F237" s="1" t="s">
         <v>659</v>
       </c>
-      <c r="B237" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G237" t="s">
-        <v>661</v>
+        <v>606</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="B238" t="s">
-        <v>663</v>
+        <v>586</v>
       </c>
       <c r="C238" t="s">
-        <v>240</v>
+        <v>89</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
         <v>11</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="G238" t="s">
-        <v>665</v>
+        <v>548</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="B239" t="s">
+        <v>586</v>
+      </c>
+      <c r="C239" t="s">
+        <v>92</v>
+      </c>
+      <c r="D239" t="s">
+        <v>10</v>
+      </c>
+      <c r="E239" t="s">
+        <v>11</v>
+      </c>
+      <c r="F239" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="C239" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G239" t="s">
-        <v>668</v>
+        <v>606</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
       <c r="B240" t="s">
-        <v>663</v>
+        <v>586</v>
       </c>
       <c r="C240" t="s">
-        <v>248</v>
+        <v>96</v>
       </c>
       <c r="D240" t="s">
         <v>10</v>
       </c>
       <c r="E240" t="s">
         <v>11</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="G240" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="B241" t="s">
-        <v>663</v>
+        <v>586</v>
       </c>
       <c r="C241" t="s">
-        <v>252</v>
+        <v>99</v>
       </c>
       <c r="D241" t="s">
         <v>10</v>
       </c>
       <c r="E241" t="s">
         <v>11</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="G241" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="B242" t="s">
-        <v>663</v>
+        <v>586</v>
       </c>
       <c r="C242" t="s">
-        <v>256</v>
+        <v>103</v>
       </c>
       <c r="D242" t="s">
         <v>10</v>
       </c>
       <c r="E242" t="s">
         <v>11</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="G242" t="s">
-        <v>518</v>
+        <v>672</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="B243" t="s">
-        <v>663</v>
+        <v>586</v>
       </c>
       <c r="C243" t="s">
-        <v>260</v>
+        <v>107</v>
       </c>
       <c r="D243" t="s">
         <v>10</v>
       </c>
       <c r="E243" t="s">
         <v>11</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="G243" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="B244" t="s">
-        <v>663</v>
+        <v>586</v>
       </c>
       <c r="C244" t="s">
-        <v>264</v>
+        <v>111</v>
       </c>
       <c r="D244" t="s">
         <v>10</v>
       </c>
       <c r="E244" t="s">
         <v>11</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="G244" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="B245" t="s">
-        <v>663</v>
+        <v>586</v>
       </c>
       <c r="C245" t="s">
-        <v>268</v>
+        <v>115</v>
       </c>
       <c r="D245" t="s">
         <v>10</v>
       </c>
       <c r="E245" t="s">
         <v>11</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="G245" t="s">
-        <v>588</v>
+        <v>681</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="B246" t="s">
-        <v>663</v>
+        <v>586</v>
       </c>
       <c r="C246" t="s">
-        <v>91</v>
+        <v>9</v>
       </c>
       <c r="D246" t="s">
         <v>10</v>
       </c>
       <c r="E246" t="s">
         <v>11</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="G246" t="s">
-        <v>687</v>
+        <v>678</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="B247" t="s">
-        <v>663</v>
+        <v>586</v>
       </c>
       <c r="C247" t="s">
-        <v>94</v>
+        <v>15</v>
       </c>
       <c r="D247" t="s">
         <v>10</v>
       </c>
       <c r="E247" t="s">
         <v>11</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="G247" t="s">
-        <v>668</v>
+        <v>686</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="B248" t="s">
-        <v>663</v>
+        <v>586</v>
       </c>
       <c r="C248" t="s">
-        <v>97</v>
+        <v>19</v>
       </c>
       <c r="D248" t="s">
         <v>10</v>
       </c>
       <c r="E248" t="s">
         <v>11</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="G248" t="s">
-        <v>625</v>
+        <v>678</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="B249" t="s">
-        <v>663</v>
+        <v>586</v>
       </c>
       <c r="C249" t="s">
-        <v>105</v>
+        <v>23</v>
       </c>
       <c r="D249" t="s">
         <v>10</v>
       </c>
       <c r="E249" t="s">
         <v>11</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="G249" t="s">
-        <v>518</v>
+        <v>691</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
+        <v>692</v>
+      </c>
+      <c r="B250" t="s">
+        <v>693</v>
+      </c>
+      <c r="C250" t="s">
+        <v>272</v>
+      </c>
+      <c r="D250" t="s">
+        <v>10</v>
+      </c>
+      <c r="E250" t="s">
+        <v>11</v>
+      </c>
+      <c r="F250" s="1" t="s">
         <v>694</v>
       </c>
-      <c r="B250" t="s">
-[...11 lines deleted...]
-      <c r="F250" s="1" t="s">
+      <c r="G250" t="s">
         <v>695</v>
-      </c>
-[...1 lines deleted...]
-        <v>603</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
         <v>696</v>
       </c>
       <c r="B251" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C251" t="s">
-        <v>112</v>
+        <v>276</v>
       </c>
       <c r="D251" t="s">
         <v>10</v>
       </c>
       <c r="E251" t="s">
         <v>11</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>697</v>
       </c>
       <c r="G251" t="s">
-        <v>665</v>
+        <v>698</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="B252" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C252" t="s">
-        <v>9</v>
+        <v>280</v>
       </c>
       <c r="D252" t="s">
         <v>10</v>
       </c>
       <c r="E252" t="s">
         <v>11</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="G252" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B253" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C253" t="s">
-        <v>101</v>
+        <v>283</v>
       </c>
       <c r="D253" t="s">
         <v>10</v>
       </c>
       <c r="E253" t="s">
         <v>11</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="G253" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B254" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C254" t="s">
-        <v>15</v>
+        <v>287</v>
       </c>
       <c r="D254" t="s">
         <v>10</v>
       </c>
       <c r="E254" t="s">
         <v>11</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="G254" t="s">
-        <v>665</v>
+        <v>548</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B255" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C255" t="s">
-        <v>19</v>
+        <v>291</v>
       </c>
       <c r="D255" t="s">
         <v>10</v>
       </c>
       <c r="E255" t="s">
         <v>11</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="G255" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B256" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C256" t="s">
-        <v>23</v>
+        <v>295</v>
       </c>
       <c r="D256" t="s">
         <v>10</v>
       </c>
       <c r="E256" t="s">
         <v>11</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="G256" t="s">
-        <v>636</v>
+        <v>712</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="B257" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C257" t="s">
         <v>27</v>
       </c>
       <c r="D257" t="s">
         <v>10</v>
       </c>
       <c r="E257" t="s">
         <v>11</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="G257" t="s">
-        <v>597</v>
+        <v>618</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B258" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C258" t="s">
         <v>30</v>
       </c>
       <c r="D258" t="s">
         <v>10</v>
       </c>
       <c r="E258" t="s">
         <v>11</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="G258" t="s">
-        <v>708</v>
+        <v>717</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="B259" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C259" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D259" t="s">
         <v>10</v>
       </c>
       <c r="E259" t="s">
         <v>11</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="G259" t="s">
-        <v>539</v>
+        <v>698</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="B260" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C260" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D260" t="s">
         <v>10</v>
       </c>
       <c r="E260" t="s">
         <v>11</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="G260" t="s">
-        <v>719</v>
+        <v>655</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="B261" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C261" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D261" t="s">
         <v>10</v>
       </c>
       <c r="E261" t="s">
         <v>11</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="G261" t="s">
-        <v>722</v>
+        <v>548</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B262" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C262" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D262" t="s">
         <v>10</v>
       </c>
       <c r="E262" t="s">
         <v>11</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="G262" t="s">
-        <v>725</v>
+        <v>633</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
         <v>726</v>
       </c>
       <c r="B263" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C263" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D263" t="s">
         <v>10</v>
       </c>
       <c r="E263" t="s">
         <v>11</v>
       </c>
       <c r="F263" s="1" t="s">
         <v>727</v>
       </c>
       <c r="G263" t="s">
-        <v>728</v>
+        <v>695</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
+        <v>728</v>
+      </c>
+      <c r="B264" t="s">
+        <v>693</v>
+      </c>
+      <c r="C264" t="s">
+        <v>56</v>
+      </c>
+      <c r="D264" t="s">
+        <v>10</v>
+      </c>
+      <c r="E264" t="s">
+        <v>11</v>
+      </c>
+      <c r="F264" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="B264" t="s">
-[...11 lines deleted...]
-      <c r="F264" s="1" t="s">
+      <c r="G264" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>639</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
         <v>731</v>
       </c>
       <c r="B265" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C265" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="D265" t="s">
         <v>10</v>
       </c>
       <c r="E265" t="s">
         <v>11</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>732</v>
       </c>
       <c r="G265" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
         <v>734</v>
       </c>
       <c r="B266" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C266" t="s">
         <v>60</v>
       </c>
       <c r="D266" t="s">
         <v>10</v>
       </c>
       <c r="E266" t="s">
         <v>11</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>735</v>
       </c>
       <c r="G266" t="s">
-        <v>736</v>
+        <v>695</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="B267" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C267" t="s">
         <v>64</v>
       </c>
       <c r="D267" t="s">
         <v>10</v>
       </c>
       <c r="E267" t="s">
         <v>11</v>
       </c>
       <c r="F267" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="G267" t="s">
         <v>738</v>
-      </c>
-[...1 lines deleted...]
-        <v>648</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
         <v>739</v>
       </c>
       <c r="B268" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C268" t="s">
         <v>68</v>
       </c>
       <c r="D268" t="s">
         <v>10</v>
       </c>
       <c r="E268" t="s">
         <v>11</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>740</v>
       </c>
       <c r="G268" t="s">
-        <v>622</v>
+        <v>666</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
         <v>741</v>
       </c>
       <c r="B269" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C269" t="s">
         <v>72</v>
       </c>
       <c r="D269" t="s">
         <v>10</v>
       </c>
       <c r="E269" t="s">
         <v>11</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>742</v>
       </c>
       <c r="G269" t="s">
-        <v>743</v>
+        <v>627</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
+        <v>743</v>
+      </c>
+      <c r="B270" t="s">
+        <v>693</v>
+      </c>
+      <c r="C270" t="s">
+        <v>75</v>
+      </c>
+      <c r="D270" t="s">
+        <v>10</v>
+      </c>
+      <c r="E270" t="s">
+        <v>11</v>
+      </c>
+      <c r="F270" s="1" t="s">
         <v>744</v>
       </c>
-      <c r="B270" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G270" t="s">
-        <v>725</v>
+        <v>738</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
+        <v>745</v>
+      </c>
+      <c r="B271" t="s">
+        <v>693</v>
+      </c>
+      <c r="C271" t="s">
+        <v>78</v>
+      </c>
+      <c r="D271" t="s">
+        <v>10</v>
+      </c>
+      <c r="E271" t="s">
+        <v>11</v>
+      </c>
+      <c r="F271" s="1" t="s">
         <v>746</v>
       </c>
-      <c r="B271" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G271" t="s">
-        <v>648</v>
+        <v>569</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
+        <v>747</v>
+      </c>
+      <c r="B272" t="s">
+        <v>693</v>
+      </c>
+      <c r="C272" t="s">
+        <v>82</v>
+      </c>
+      <c r="D272" t="s">
+        <v>10</v>
+      </c>
+      <c r="E272" t="s">
+        <v>11</v>
+      </c>
+      <c r="F272" s="1" t="s">
         <v>748</v>
       </c>
-      <c r="B272" t="s">
-[...11 lines deleted...]
-      <c r="F272" s="1" t="s">
+      <c r="G272" t="s">
         <v>749</v>
-      </c>
-[...1 lines deleted...]
-        <v>648</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
         <v>750</v>
       </c>
       <c r="B273" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="C273" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
         <v>11</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>751</v>
       </c>
       <c r="G273" t="s">
-        <v>648</v>
+        <v>752</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B274" t="s">
-        <v>753</v>
+        <v>693</v>
       </c>
       <c r="C274" t="s">
-        <v>34</v>
+        <v>89</v>
       </c>
       <c r="D274" t="s">
         <v>10</v>
       </c>
       <c r="E274" t="s">
         <v>11</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>754</v>
       </c>
       <c r="G274" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
         <v>756</v>
       </c>
       <c r="B275" t="s">
-        <v>753</v>
+        <v>693</v>
       </c>
       <c r="C275" t="s">
-        <v>38</v>
+        <v>92</v>
       </c>
       <c r="D275" t="s">
         <v>10</v>
       </c>
       <c r="E275" t="s">
         <v>11</v>
       </c>
       <c r="F275" s="1" t="s">
         <v>757</v>
       </c>
       <c r="G275" t="s">
-        <v>648</v>
+        <v>758</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B276" t="s">
-        <v>753</v>
+        <v>693</v>
       </c>
       <c r="C276" t="s">
-        <v>42</v>
+        <v>96</v>
       </c>
       <c r="D276" t="s">
         <v>10</v>
       </c>
       <c r="E276" t="s">
         <v>11</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="G276" t="s">
-        <v>760</v>
+        <v>669</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
         <v>761</v>
       </c>
       <c r="B277" t="s">
-        <v>753</v>
+        <v>693</v>
       </c>
       <c r="C277" t="s">
-        <v>46</v>
+        <v>99</v>
       </c>
       <c r="D277" t="s">
         <v>10</v>
       </c>
       <c r="E277" t="s">
         <v>11</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>762</v>
       </c>
       <c r="G277" t="s">
-        <v>755</v>
+        <v>763</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="B278" t="s">
-        <v>753</v>
+        <v>693</v>
       </c>
       <c r="C278" t="s">
-        <v>49</v>
+        <v>103</v>
       </c>
       <c r="D278" t="s">
         <v>10</v>
       </c>
       <c r="E278" t="s">
         <v>11</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="G278" t="s">
-        <v>648</v>
+        <v>766</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="B279" t="s">
-        <v>753</v>
+        <v>693</v>
       </c>
       <c r="C279" t="s">
-        <v>53</v>
+        <v>107</v>
       </c>
       <c r="D279" t="s">
         <v>10</v>
       </c>
       <c r="E279" t="s">
         <v>11</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="G279" t="s">
-        <v>767</v>
+        <v>678</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B280" t="s">
-        <v>753</v>
+        <v>693</v>
       </c>
       <c r="C280" t="s">
-        <v>56</v>
+        <v>111</v>
       </c>
       <c r="D280" t="s">
         <v>10</v>
       </c>
       <c r="E280" t="s">
         <v>11</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="G280" t="s">
-        <v>770</v>
+        <v>652</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
         <v>771</v>
       </c>
       <c r="B281" t="s">
-        <v>753</v>
+        <v>693</v>
       </c>
       <c r="C281" t="s">
-        <v>60</v>
+        <v>115</v>
       </c>
       <c r="D281" t="s">
         <v>10</v>
       </c>
       <c r="E281" t="s">
         <v>11</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>772</v>
       </c>
       <c r="G281" t="s">
-        <v>639</v>
+        <v>773</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="B282" t="s">
-        <v>753</v>
+        <v>693</v>
       </c>
       <c r="C282" t="s">
-        <v>64</v>
+        <v>9</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
         <v>11</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="G282" t="s">
-        <v>760</v>
+        <v>755</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B283" t="s">
-        <v>753</v>
+        <v>693</v>
       </c>
       <c r="C283" t="s">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="D283" t="s">
         <v>10</v>
       </c>
       <c r="E283" t="s">
         <v>11</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="G283" t="s">
-        <v>777</v>
+        <v>678</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
         <v>778</v>
       </c>
       <c r="B284" t="s">
-        <v>753</v>
+        <v>693</v>
       </c>
       <c r="C284" t="s">
-        <v>72</v>
+        <v>19</v>
       </c>
       <c r="D284" t="s">
         <v>10</v>
       </c>
       <c r="E284" t="s">
         <v>11</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>779</v>
       </c>
       <c r="G284" t="s">
-        <v>547</v>
+        <v>678</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
         <v>780</v>
       </c>
       <c r="B285" t="s">
-        <v>753</v>
+        <v>693</v>
       </c>
       <c r="C285" t="s">
-        <v>76</v>
+        <v>23</v>
       </c>
       <c r="D285" t="s">
         <v>10</v>
       </c>
       <c r="E285" t="s">
         <v>11</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>781</v>
       </c>
       <c r="G285" t="s">
-        <v>782</v>
+        <v>678</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
+        <v>782</v>
+      </c>
+      <c r="B286" t="s">
         <v>783</v>
       </c>
-      <c r="B286" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C286" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D286" t="s">
         <v>10</v>
       </c>
       <c r="E286" t="s">
         <v>11</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>784</v>
       </c>
       <c r="G286" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
         <v>786</v>
       </c>
       <c r="B287" t="s">
-        <v>753</v>
+        <v>783</v>
       </c>
       <c r="C287" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D287" t="s">
         <v>10</v>
       </c>
       <c r="E287" t="s">
         <v>11</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>787</v>
       </c>
       <c r="G287" t="s">
-        <v>788</v>
+        <v>678</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
+        <v>788</v>
+      </c>
+      <c r="B288" t="s">
+        <v>783</v>
+      </c>
+      <c r="C288" t="s">
+        <v>85</v>
+      </c>
+      <c r="D288" t="s">
+        <v>10</v>
+      </c>
+      <c r="E288" t="s">
+        <v>11</v>
+      </c>
+      <c r="F288" s="1" t="s">
         <v>789</v>
       </c>
-      <c r="B288" t="s">
-[...11 lines deleted...]
-      <c r="F288" s="1" t="s">
+      <c r="G288" t="s">
         <v>790</v>
       </c>
-      <c r="G288" t="s">
+    </row>
+    <row r="289" spans="1:7">
+      <c r="A289" t="s">
         <v>791</v>
+      </c>
+      <c r="B289" t="s">
+        <v>783</v>
+      </c>
+      <c r="C289" t="s">
+        <v>89</v>
+      </c>
+      <c r="D289" t="s">
+        <v>10</v>
+      </c>
+      <c r="E289" t="s">
+        <v>11</v>
+      </c>
+      <c r="F289" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="G289" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="290" spans="1:7">
+      <c r="A290" t="s">
+        <v>793</v>
+      </c>
+      <c r="B290" t="s">
+        <v>783</v>
+      </c>
+      <c r="C290" t="s">
+        <v>92</v>
+      </c>
+      <c r="D290" t="s">
+        <v>10</v>
+      </c>
+      <c r="E290" t="s">
+        <v>11</v>
+      </c>
+      <c r="F290" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="G290" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="291" spans="1:7">
+      <c r="A291" t="s">
+        <v>795</v>
+      </c>
+      <c r="B291" t="s">
+        <v>783</v>
+      </c>
+      <c r="C291" t="s">
+        <v>96</v>
+      </c>
+      <c r="D291" t="s">
+        <v>10</v>
+      </c>
+      <c r="E291" t="s">
+        <v>11</v>
+      </c>
+      <c r="F291" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="G291" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="292" spans="1:7">
+      <c r="A292" t="s">
+        <v>798</v>
+      </c>
+      <c r="B292" t="s">
+        <v>783</v>
+      </c>
+      <c r="C292" t="s">
+        <v>99</v>
+      </c>
+      <c r="D292" t="s">
+        <v>10</v>
+      </c>
+      <c r="E292" t="s">
+        <v>11</v>
+      </c>
+      <c r="F292" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="G292" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="293" spans="1:7">
+      <c r="A293" t="s">
+        <v>801</v>
+      </c>
+      <c r="B293" t="s">
+        <v>783</v>
+      </c>
+      <c r="C293" t="s">
+        <v>103</v>
+      </c>
+      <c r="D293" t="s">
+        <v>10</v>
+      </c>
+      <c r="E293" t="s">
+        <v>11</v>
+      </c>
+      <c r="F293" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="G293" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="294" spans="1:7">
+      <c r="A294" t="s">
+        <v>803</v>
+      </c>
+      <c r="B294" t="s">
+        <v>783</v>
+      </c>
+      <c r="C294" t="s">
+        <v>107</v>
+      </c>
+      <c r="D294" t="s">
+        <v>10</v>
+      </c>
+      <c r="E294" t="s">
+        <v>11</v>
+      </c>
+      <c r="F294" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="G294" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="295" spans="1:7">
+      <c r="A295" t="s">
+        <v>805</v>
+      </c>
+      <c r="B295" t="s">
+        <v>783</v>
+      </c>
+      <c r="C295" t="s">
+        <v>111</v>
+      </c>
+      <c r="D295" t="s">
+        <v>10</v>
+      </c>
+      <c r="E295" t="s">
+        <v>11</v>
+      </c>
+      <c r="F295" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="G295" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="296" spans="1:7">
+      <c r="A296" t="s">
+        <v>808</v>
+      </c>
+      <c r="B296" t="s">
+        <v>783</v>
+      </c>
+      <c r="C296" t="s">
+        <v>115</v>
+      </c>
+      <c r="D296" t="s">
+        <v>10</v>
+      </c>
+      <c r="E296" t="s">
+        <v>11</v>
+      </c>
+      <c r="F296" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="G296" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="297" spans="1:7">
+      <c r="A297" t="s">
+        <v>810</v>
+      </c>
+      <c r="B297" t="s">
+        <v>783</v>
+      </c>
+      <c r="C297" t="s">
+        <v>9</v>
+      </c>
+      <c r="D297" t="s">
+        <v>10</v>
+      </c>
+      <c r="E297" t="s">
+        <v>11</v>
+      </c>
+      <c r="F297" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="G297" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="298" spans="1:7">
+      <c r="A298" t="s">
+        <v>813</v>
+      </c>
+      <c r="B298" t="s">
+        <v>783</v>
+      </c>
+      <c r="C298" t="s">
+        <v>15</v>
+      </c>
+      <c r="D298" t="s">
+        <v>10</v>
+      </c>
+      <c r="E298" t="s">
+        <v>11</v>
+      </c>
+      <c r="F298" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="G298" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="299" spans="1:7">
+      <c r="A299" t="s">
+        <v>816</v>
+      </c>
+      <c r="B299" t="s">
+        <v>783</v>
+      </c>
+      <c r="C299" t="s">
+        <v>19</v>
+      </c>
+      <c r="D299" t="s">
+        <v>10</v>
+      </c>
+      <c r="E299" t="s">
+        <v>11</v>
+      </c>
+      <c r="F299" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="G299" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="300" spans="1:7">
+      <c r="A300" t="s">
+        <v>819</v>
+      </c>
+      <c r="B300" t="s">
+        <v>783</v>
+      </c>
+      <c r="C300" t="s">
+        <v>23</v>
+      </c>
+      <c r="D300" t="s">
+        <v>10</v>
+      </c>
+      <c r="E300" t="s">
+        <v>11</v>
+      </c>
+      <c r="F300" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="G300" t="s">
+        <v>821</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -9818,50 +10184,62 @@
     <hyperlink ref="F264" r:id="rId263"/>
     <hyperlink ref="F265" r:id="rId264"/>
     <hyperlink ref="F266" r:id="rId265"/>
     <hyperlink ref="F267" r:id="rId266"/>
     <hyperlink ref="F268" r:id="rId267"/>
     <hyperlink ref="F269" r:id="rId268"/>
     <hyperlink ref="F270" r:id="rId269"/>
     <hyperlink ref="F271" r:id="rId270"/>
     <hyperlink ref="F272" r:id="rId271"/>
     <hyperlink ref="F273" r:id="rId272"/>
     <hyperlink ref="F274" r:id="rId273"/>
     <hyperlink ref="F275" r:id="rId274"/>
     <hyperlink ref="F276" r:id="rId275"/>
     <hyperlink ref="F277" r:id="rId276"/>
     <hyperlink ref="F278" r:id="rId277"/>
     <hyperlink ref="F279" r:id="rId278"/>
     <hyperlink ref="F280" r:id="rId279"/>
     <hyperlink ref="F281" r:id="rId280"/>
     <hyperlink ref="F282" r:id="rId281"/>
     <hyperlink ref="F283" r:id="rId282"/>
     <hyperlink ref="F284" r:id="rId283"/>
     <hyperlink ref="F285" r:id="rId284"/>
     <hyperlink ref="F286" r:id="rId285"/>
     <hyperlink ref="F287" r:id="rId286"/>
     <hyperlink ref="F288" r:id="rId287"/>
+    <hyperlink ref="F289" r:id="rId288"/>
+    <hyperlink ref="F290" r:id="rId289"/>
+    <hyperlink ref="F291" r:id="rId290"/>
+    <hyperlink ref="F292" r:id="rId291"/>
+    <hyperlink ref="F293" r:id="rId292"/>
+    <hyperlink ref="F294" r:id="rId293"/>
+    <hyperlink ref="F295" r:id="rId294"/>
+    <hyperlink ref="F296" r:id="rId295"/>
+    <hyperlink ref="F297" r:id="rId296"/>
+    <hyperlink ref="F298" r:id="rId297"/>
+    <hyperlink ref="F299" r:id="rId298"/>
+    <hyperlink ref="F300" r:id="rId299"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>