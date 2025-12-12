--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -10,88 +10,100 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="131">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>453</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>DEC</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/453/decreto_no_05.2025_-suplementacao.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a abertura de crédito suplementar no orçamento de 2025, da Câmara Municipal de Vereadores de Tunápolis-SC.</t>
+  </si>
+  <si>
     <t>447</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>4</t>
   </si>
   <si>
-    <t>DEC</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/447/decreto_no_04.2025_-_ponto_facultativo_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre ponto facultativo no âmbito da Câmara Municipal de Vereadores de Tunápolis-SC e dá outras providências.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/411/decreto_no_03.2025_-_ponto_facultativo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre ponto facultativo no município de Tunápolis, e dá outras providências.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/403/decreto_no_02.2025_-_revoga_licenca_prefeito_1.pdf</t>
@@ -187,53 +199,50 @@
     <t>223</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/223/decreto_no_01-2022_-licenca_prefeito.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do poder executivo municipal a ausentar-se do país e da outras providências.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/196/decreto_no_06.2021_-_expediente.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Expediente externo da Câmara de Vereadores de Tunápolis em 10 de Setembro de 2021.</t>
   </si>
   <si>
     <t>26</t>
-  </si>
-[...1 lines deleted...]
-    <t>5</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/26/decreto_no_05.2021_-_suspende_expediente.pdf</t>
   </si>
   <si>
     <t>Decreta a suspensão do Expediente da Câmara de Vereadores de Tunápolis.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/25/decreto_no_04-2021_-_aprova_contas_prefeito_2019.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO EXECUTIVO MUNICIPAL DE TUNÁPOLIS, ESTADO DE SANTA CATARINA, RELATIVO AO EXERCÍCIO FINANCEIRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/24/decreto_no_03-2021_-_regulamenta_sessoes_-_coronavirus_1.pdf</t>
   </si>
   <si>
     <t>Estabelece critérios para a realização das Sessões Ordinárias e Extraordinárias durante o período de vigência do Decreto Municipal n. 2197  que determina medidas para enfrentamento da emergência de saúde pública decorrente do COVID-19 (Coronavírus).</t>
   </si>
@@ -785,56 +794,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/447/decreto_no_04.2025_-_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/411/decreto_no_03.2025_-_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/403/decreto_no_02.2025_-_revoga_licenca_prefeito_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/402/decreto_no_01.2025_-licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/353/decreto_no_02.2024_-_aprova_contas_prefeito_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/322/decreto_no_01.2024_-_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/317/decreto_no_03.2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/316/decreto_no_02.2023_-suplementacao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/287/decreto_01-2023_-_ir.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/249/decreto_no_03.2022_-suplementacao.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/247/decreto_no_02.2022_-_aprova_contas_prefeito_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/223/decreto_no_01-2022_-licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/196/decreto_no_06.2021_-_expediente.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/26/decreto_no_05.2021_-_suspende_expediente.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/25/decreto_no_04-2021_-_aprova_contas_prefeito_2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/24/decreto_no_03-2021_-_regulamenta_sessoes_-_coronavirus_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/23/decreto_no_02-2021_-_regulamenta_sessoes_-_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/22/decreto_no_01.2021_-_regulamenta_sessoes_-_coronavirus_2.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/40/decreto-08-coronavirus-retorno-publico.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/39/decreto-07-coronavirus-retorno-parcial.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/37/decreto-05-coronavirus.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/36/decreto-04-suspensao-expediente-coronavirus.docx.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/35/decreto-03-suspensao-expediente-coronavirus.docx.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/34/decreto-legislativo-n-02.2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/33/decreto-legislativo-n-01.2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/41/decreto-legislativo-no-01.2019-aprova-contas-2017.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/43/decreto-legislativo-n-o-02.2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/42/decreto-legislativo-no-01.2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/49/decreto-legislativo-no-06.2017-cidadao-que-participa.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/48/decreto-legislativo-no-05.2017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/47/decreto-legislativo-no-04.2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/46/decreto-legislativo-no-03.2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/45/decreto-legislativo-no-02.2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/44/decreto-legislativo-no-01.2017.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/453/decreto_no_05.2025_-suplementacao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/447/decreto_no_04.2025_-_ponto_facultativo_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/411/decreto_no_03.2025_-_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/403/decreto_no_02.2025_-_revoga_licenca_prefeito_1.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2025/402/decreto_no_01.2025_-licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/353/decreto_no_02.2024_-_aprova_contas_prefeito_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2024/322/decreto_no_01.2024_-_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/317/decreto_no_03.2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/316/decreto_no_02.2023_-suplementacao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2023/287/decreto_01-2023_-_ir.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/249/decreto_no_03.2022_-suplementacao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/247/decreto_no_02.2022_-_aprova_contas_prefeito_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2022/223/decreto_no_01-2022_-licenca_prefeito.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/196/decreto_no_06.2021_-_expediente.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/26/decreto_no_05.2021_-_suspende_expediente.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/25/decreto_no_04-2021_-_aprova_contas_prefeito_2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/24/decreto_no_03-2021_-_regulamenta_sessoes_-_coronavirus_1.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/23/decreto_no_02-2021_-_regulamenta_sessoes_-_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2021/22/decreto_no_01.2021_-_regulamenta_sessoes_-_coronavirus_2.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/40/decreto-08-coronavirus-retorno-publico.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/39/decreto-07-coronavirus-retorno-parcial.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/37/decreto-05-coronavirus.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/36/decreto-04-suspensao-expediente-coronavirus.docx.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/35/decreto-03-suspensao-expediente-coronavirus.docx.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/34/decreto-legislativo-n-02.2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2020/33/decreto-legislativo-n-01.2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2019/41/decreto-legislativo-no-01.2019-aprova-contas-2017.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/43/decreto-legislativo-n-o-02.2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2018/42/decreto-legislativo-no-01.2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/49/decreto-legislativo-no-06.2017-cidadao-que-participa.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/48/decreto-legislativo-no-05.2017.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/47/decreto-legislativo-no-04.2017.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/46/decreto-legislativo-no-03.2017.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/45/decreto-legislativo-no-02.2017.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.tunapolis.sc.leg.br/media/sapl/public/normajuridica/2017/44/decreto-legislativo-no-01.2017.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G36"/>
+  <dimension ref="A1:G37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="125.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -925,795 +934,819 @@
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>35</v>
       </c>
       <c r="G8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>37</v>
       </c>
       <c r="B9" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C9" t="s">
         <v>19</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B10" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C10" t="s">
         <v>23</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B11" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="C11" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>45</v>
       </c>
       <c r="G11" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>47</v>
       </c>
       <c r="B12" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C12" t="s">
         <v>19</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B13" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C13" t="s">
         <v>23</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G13" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B14" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="C14" t="s">
+        <v>27</v>
+      </c>
+      <c r="D14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="D14" t="s">
-[...5 lines deleted...]
-      <c r="F14" s="1" t="s">
+      <c r="G14" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
+        <v>57</v>
+      </c>
+      <c r="B15" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="C15" t="s">
         <v>59</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G15" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>62</v>
       </c>
       <c r="B16" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>63</v>
       </c>
       <c r="G16" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>65</v>
       </c>
       <c r="B17" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C17" t="s">
         <v>15</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>66</v>
       </c>
       <c r="G17" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>68</v>
       </c>
       <c r="B18" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C18" t="s">
         <v>19</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>69</v>
       </c>
       <c r="G18" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>71</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C19" t="s">
         <v>23</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G19" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
+        <v>74</v>
+      </c>
+      <c r="B20" t="s">
+        <v>58</v>
+      </c>
+      <c r="C20" t="s">
+        <v>27</v>
+      </c>
+      <c r="D20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="G20" t="s">
         <v>73</v>
-      </c>
-[...16 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
+        <v>76</v>
+      </c>
+      <c r="B21" t="s">
+        <v>77</v>
+      </c>
+      <c r="C21" t="s">
         <v>78</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="D21" t="s">
-[...5 lines deleted...]
-      <c r="F21" s="1" t="s">
+      <c r="G21" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
+        <v>81</v>
+      </c>
+      <c r="B22" t="s">
+        <v>77</v>
+      </c>
+      <c r="C22" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>83</v>
       </c>
       <c r="G22" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>85</v>
       </c>
       <c r="B23" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>86</v>
       </c>
       <c r="G23" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B24" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C24" t="s">
         <v>9</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G24" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>90</v>
       </c>
       <c r="B25" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C25" t="s">
         <v>15</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>91</v>
       </c>
       <c r="G25" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>93</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C26" t="s">
         <v>19</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>94</v>
       </c>
       <c r="G26" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>96</v>
       </c>
       <c r="B27" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C27" t="s">
         <v>23</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>97</v>
       </c>
       <c r="G27" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B28" t="s">
-        <v>99</v>
+        <v>77</v>
       </c>
       <c r="C28" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>100</v>
       </c>
       <c r="G28" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
+        <v>101</v>
+      </c>
+      <c r="B29" t="s">
         <v>102</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
+        <v>27</v>
+      </c>
+      <c r="D29" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C29" t="s">
-[...8 lines deleted...]
-      <c r="F29" s="1" t="s">
+      <c r="G29" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
+        <v>105</v>
+      </c>
+      <c r="B30" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="C30" t="s">
         <v>23</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>107</v>
       </c>
       <c r="G30" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>109</v>
       </c>
       <c r="B31" t="s">
+        <v>106</v>
+      </c>
+      <c r="C31" t="s">
+        <v>27</v>
+      </c>
+      <c r="D31" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="C31" t="s">
-[...8 lines deleted...]
-      <c r="F31" s="1" t="s">
+      <c r="G31" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
+        <v>112</v>
+      </c>
+      <c r="B32" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="C32" t="s">
         <v>59</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>114</v>
       </c>
       <c r="G32" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>116</v>
       </c>
       <c r="B33" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C33" t="s">
         <v>9</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>117</v>
       </c>
       <c r="G33" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>119</v>
       </c>
       <c r="B34" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C34" t="s">
         <v>15</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>120</v>
       </c>
       <c r="G34" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>122</v>
       </c>
       <c r="B35" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C35" t="s">
         <v>19</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>123</v>
       </c>
       <c r="G35" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>125</v>
       </c>
       <c r="B36" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C36" t="s">
         <v>23</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>126</v>
       </c>
       <c r="G36" t="s">
         <v>127</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" t="s">
+        <v>128</v>
+      </c>
+      <c r="B37" t="s">
+        <v>113</v>
+      </c>
+      <c r="C37" t="s">
+        <v>27</v>
+      </c>
+      <c r="D37" t="s">
+        <v>10</v>
+      </c>
+      <c r="E37" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="G37" t="s">
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
     <hyperlink ref="F23" r:id="rId22"/>
     <hyperlink ref="F24" r:id="rId23"/>
     <hyperlink ref="F25" r:id="rId24"/>
     <hyperlink ref="F26" r:id="rId25"/>
     <hyperlink ref="F27" r:id="rId26"/>
     <hyperlink ref="F28" r:id="rId27"/>
     <hyperlink ref="F29" r:id="rId28"/>
     <hyperlink ref="F30" r:id="rId29"/>
     <hyperlink ref="F31" r:id="rId30"/>
     <hyperlink ref="F32" r:id="rId31"/>
     <hyperlink ref="F33" r:id="rId32"/>
     <hyperlink ref="F34" r:id="rId33"/>
     <hyperlink ref="F35" r:id="rId34"/>
     <hyperlink ref="F36" r:id="rId35"/>
+    <hyperlink ref="F37" r:id="rId36"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>